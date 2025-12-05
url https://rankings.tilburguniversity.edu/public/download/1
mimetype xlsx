--- v0 (2025-10-27)
+++ v1 (2025-12-05)
@@ -426,51 +426,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:E747"/>
+  <dimension ref="A1:E773"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="50" customWidth="1" min="1" max="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Organization</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Score</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Previous Score</t>
@@ -810,83 +810,83 @@
         <v>14</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>New York University</t>
         </is>
       </c>
       <c r="B19" s="2" t="n">
         <v>384</v>
       </c>
       <c r="C19" s="2" t="n">
         <v>392</v>
       </c>
       <c r="D19" s="2" t="n">
         <v>18</v>
       </c>
       <c r="E19" s="2" t="n">
         <v>15</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
-          <t>University of South Carolina</t>
+          <t>Harvard University</t>
         </is>
       </c>
       <c r="B20" s="2" t="n">
         <v>383</v>
       </c>
       <c r="C20" s="2" t="n">
-        <v>346</v>
+        <v>352</v>
       </c>
       <c r="D20" s="2" t="n">
         <v>19</v>
       </c>
       <c r="E20" s="2" t="n">
-        <v>25</v>
+        <v>21</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
-          <t>Harvard University</t>
+          <t>University of South Carolina</t>
         </is>
       </c>
       <c r="B21" s="2" t="n">
         <v>383</v>
       </c>
       <c r="C21" s="2" t="n">
-        <v>352</v>
+        <v>346</v>
       </c>
       <c r="D21" s="2" t="n">
         <v>19</v>
       </c>
       <c r="E21" s="2" t="n">
-        <v>21</v>
+        <v>25</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2" t="inlineStr">
         <is>
           <t>Arizona State University</t>
         </is>
       </c>
       <c r="B22" s="2" t="n">
         <v>382</v>
       </c>
       <c r="C22" s="2" t="n">
         <v>374</v>
       </c>
       <c r="D22" s="2" t="n">
         <v>21</v>
       </c>
       <c r="E22" s="2" t="n">
         <v>19</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2" t="inlineStr">
         <is>
           <t>University of Texas, Dallas</t>
@@ -1460,13227 +1460,13721 @@
       <c r="A53" s="2" t="inlineStr">
         <is>
           <t>London Business School</t>
         </is>
       </c>
       <c r="B53" s="2" t="n">
         <v>226</v>
       </c>
       <c r="C53" s="2" t="n">
         <v>224</v>
       </c>
       <c r="D53" s="2" t="n">
         <v>52</v>
       </c>
       <c r="E53" s="2" t="n">
         <v>51</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2" t="inlineStr">
         <is>
           <t>University of Notre Dame</t>
         </is>
       </c>
       <c r="B54" s="2" t="n">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C54" s="2" t="n">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="D54" s="2" t="n">
         <v>53</v>
       </c>
       <c r="E54" s="2" t="n">
-        <v>59</v>
+        <v>58</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2" t="inlineStr">
         <is>
           <t>Chinese Academy of Sciences</t>
         </is>
       </c>
       <c r="B55" s="2" t="n">
         <v>219</v>
       </c>
       <c r="C55" s="2" t="n">
         <v>188</v>
       </c>
       <c r="D55" s="2" t="n">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E55" s="2" t="n">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2" t="inlineStr">
         <is>
-          <t>Singapore Management University</t>
+          <t>UNSW Sydney</t>
         </is>
       </c>
       <c r="B56" s="2" t="n">
         <v>216</v>
       </c>
       <c r="C56" s="2" t="n">
-        <v>209</v>
+        <v>197</v>
       </c>
       <c r="D56" s="2" t="n">
         <v>55</v>
       </c>
       <c r="E56" s="2" t="n">
-        <v>57</v>
+        <v>60</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="2" t="inlineStr">
         <is>
-          <t>University of Georgia</t>
+          <t>Singapore Management University</t>
         </is>
       </c>
       <c r="B57" s="2" t="n">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="C57" s="2" t="n">
-        <v>216</v>
+        <v>209</v>
       </c>
       <c r="D57" s="2" t="n">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="E57" s="2" t="n">
-        <v>53</v>
+        <v>57</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="2" t="inlineStr">
         <is>
-          <t>Boston University</t>
+          <t>University of Georgia</t>
         </is>
       </c>
       <c r="B58" s="2" t="n">
-        <v>208</v>
+        <v>214</v>
       </c>
       <c r="C58" s="2" t="n">
-        <v>210</v>
+        <v>216</v>
       </c>
       <c r="D58" s="2" t="n">
         <v>57</v>
       </c>
       <c r="E58" s="2" t="n">
-        <v>56</v>
+        <v>53</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="2" t="inlineStr">
         <is>
           <t>University of British Columbia</t>
         </is>
       </c>
       <c r="B59" s="2" t="n">
         <v>208</v>
       </c>
       <c r="C59" s="2" t="n">
         <v>216</v>
       </c>
       <c r="D59" s="2" t="n">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E59" s="2" t="n">
         <v>53</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="2" t="inlineStr">
         <is>
           <t>Temple University</t>
         </is>
       </c>
       <c r="B60" s="2" t="n">
         <v>208</v>
       </c>
       <c r="C60" s="2" t="n">
         <v>212</v>
       </c>
       <c r="D60" s="2" t="n">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E60" s="2" t="n">
         <v>55</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="2" t="inlineStr">
         <is>
-          <t>London School of Economics and Political Science</t>
+          <t>Boston University</t>
         </is>
       </c>
       <c r="B61" s="2" t="n">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C61" s="2" t="n">
-        <v>187</v>
+        <v>210</v>
       </c>
       <c r="D61" s="2" t="n">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E61" s="2" t="n">
-        <v>66</v>
+        <v>56</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="2" t="inlineStr">
         <is>
-          <t>University of Colorado, Boulder</t>
+          <t>London School of Economics and Political Science</t>
         </is>
       </c>
       <c r="B62" s="2" t="n">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="C62" s="2" t="n">
-        <v>164</v>
+        <v>187</v>
       </c>
       <c r="D62" s="2" t="n">
         <v>61</v>
       </c>
       <c r="E62" s="2" t="n">
-        <v>79</v>
+        <v>67</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="2" t="inlineStr">
         <is>
-          <t>Rutgers University, New Brunswick</t>
+          <t>University of Colorado, Boulder</t>
         </is>
       </c>
       <c r="B63" s="2" t="n">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="C63" s="2" t="n">
-        <v>177</v>
+        <v>164</v>
       </c>
       <c r="D63" s="2" t="n">
         <v>62</v>
       </c>
       <c r="E63" s="2" t="n">
-        <v>72</v>
+        <v>80</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="2" t="inlineStr">
         <is>
-          <t>University of Melbourne</t>
+          <t>Rutgers University, New Brunswick</t>
         </is>
       </c>
       <c r="B64" s="2" t="n">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C64" s="2" t="n">
-        <v>192</v>
+        <v>177</v>
       </c>
       <c r="D64" s="2" t="n">
         <v>63</v>
       </c>
       <c r="E64" s="2" t="n">
-        <v>60</v>
+        <v>73</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="2" t="inlineStr">
         <is>
-          <t>Hec Paris</t>
+          <t>University of Melbourne</t>
         </is>
       </c>
       <c r="B65" s="2" t="n">
         <v>200</v>
       </c>
       <c r="C65" s="2" t="n">
-        <v>162</v>
+        <v>192</v>
       </c>
       <c r="D65" s="2" t="n">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E65" s="2" t="n">
-        <v>83</v>
+        <v>61</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="2" t="inlineStr">
         <is>
-          <t>University of Warwick</t>
+          <t>Hec Paris</t>
         </is>
       </c>
       <c r="B66" s="2" t="n">
         <v>200</v>
       </c>
       <c r="C66" s="2" t="n">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="D66" s="2" t="n">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E66" s="2" t="n">
-        <v>63</v>
+        <v>84</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="2" t="inlineStr">
         <is>
-          <t>Fudan University</t>
+          <t>University of Warwick</t>
         </is>
       </c>
       <c r="B67" s="2" t="n">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C67" s="2" t="n">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="D67" s="2" t="n">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="E67" s="2" t="n">
-        <v>67</v>
+        <v>64</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="2" t="inlineStr">
         <is>
-          <t>Yale University</t>
+          <t>Fudan University</t>
         </is>
       </c>
       <c r="B68" s="2" t="n">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C68" s="2" t="n">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="D68" s="2" t="n">
         <v>67</v>
       </c>
       <c r="E68" s="2" t="n">
-        <v>70</v>
+        <v>68</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="2" t="inlineStr">
         <is>
-          <t>Imperial College London</t>
+          <t>Yale University</t>
         </is>
       </c>
       <c r="B69" s="2" t="n">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="C69" s="2" t="n">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="D69" s="2" t="n">
         <v>68</v>
       </c>
       <c r="E69" s="2" t="n">
-        <v>75</v>
+        <v>71</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="2" t="inlineStr">
         <is>
-          <t>Peking University</t>
+          <t>Imperial College London</t>
         </is>
       </c>
       <c r="B70" s="2" t="n">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="C70" s="2" t="n">
-        <v>163</v>
+        <v>174</v>
       </c>
       <c r="D70" s="2" t="n">
         <v>69</v>
       </c>
       <c r="E70" s="2" t="n">
-        <v>81</v>
+        <v>76</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="2" t="inlineStr">
         <is>
-          <t>Mcgill University</t>
+          <t>Peking University</t>
         </is>
       </c>
       <c r="B71" s="2" t="n">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C71" s="2" t="n">
-        <v>191</v>
+        <v>163</v>
       </c>
       <c r="D71" s="2" t="n">
         <v>70</v>
       </c>
       <c r="E71" s="2" t="n">
-        <v>61</v>
+        <v>82</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="2" t="inlineStr">
         <is>
-          <t>University of Oxford</t>
+          <t>Mcgill University</t>
         </is>
       </c>
       <c r="B72" s="2" t="n">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C72" s="2" t="n">
-        <v>176</v>
+        <v>191</v>
       </c>
       <c r="D72" s="2" t="n">
         <v>71</v>
       </c>
       <c r="E72" s="2" t="n">
-        <v>74</v>
+        <v>62</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="2" t="inlineStr">
         <is>
-          <t>University of Virginia</t>
+          <t>University of Oxford</t>
         </is>
       </c>
       <c r="B73" s="2" t="n">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C73" s="2" t="n">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="D73" s="2" t="n">
         <v>72</v>
       </c>
       <c r="E73" s="2" t="n">
-        <v>72</v>
+        <v>75</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="2" t="inlineStr">
         <is>
-          <t>University of Alabama</t>
+          <t>University of Virginia</t>
         </is>
       </c>
       <c r="B74" s="2" t="n">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C74" s="2" t="n">
-        <v>190</v>
+        <v>177</v>
       </c>
       <c r="D74" s="2" t="n">
         <v>73</v>
       </c>
       <c r="E74" s="2" t="n">
-        <v>62</v>
+        <v>73</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="2" t="inlineStr">
         <is>
-          <t>Nanyang Technological University</t>
+          <t>University of Alabama</t>
         </is>
       </c>
       <c r="B75" s="2" t="n">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="C75" s="2" t="n">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="D75" s="2" t="n">
         <v>74</v>
       </c>
       <c r="E75" s="2" t="n">
-        <v>64</v>
+        <v>63</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="2" t="inlineStr">
         <is>
-          <t>Boston College</t>
+          <t>Nanyang Technological University</t>
         </is>
       </c>
       <c r="B76" s="2" t="n">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C76" s="2" t="n">
-        <v>205</v>
+        <v>188</v>
       </c>
       <c r="D76" s="2" t="n">
         <v>75</v>
       </c>
       <c r="E76" s="2" t="n">
-        <v>58</v>
+        <v>65</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="2" t="inlineStr">
         <is>
-          <t>Bocconi University</t>
+          <t>Boston College</t>
         </is>
       </c>
       <c r="B77" s="2" t="n">
         <v>183</v>
       </c>
       <c r="C77" s="2" t="n">
-        <v>172</v>
+        <v>205</v>
       </c>
       <c r="D77" s="2" t="n">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E77" s="2" t="n">
-        <v>76</v>
+        <v>58</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="2" t="inlineStr">
         <is>
-          <t>Michigan State University</t>
+          <t>Bocconi University</t>
         </is>
       </c>
       <c r="B78" s="2" t="n">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="C78" s="2" t="n">
-        <v>182</v>
+        <v>172</v>
       </c>
       <c r="D78" s="2" t="n">
+        <v>76</v>
+      </c>
+      <c r="E78" s="2" t="n">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="2" t="inlineStr">
         <is>
-          <t>Georgia State University</t>
+          <t>Michigan State University</t>
         </is>
       </c>
       <c r="B79" s="2" t="n">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C79" s="2" t="n">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="D79" s="2" t="n">
         <v>78</v>
       </c>
       <c r="E79" s="2" t="n">
         <v>69</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="2" t="inlineStr">
         <is>
-          <t>Emory University</t>
+          <t>Georgia State University</t>
         </is>
       </c>
       <c r="B80" s="2" t="n">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="C80" s="2" t="n">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D80" s="2" t="n">
         <v>79</v>
       </c>
       <c r="E80" s="2" t="n">
         <v>70</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="2" t="inlineStr">
         <is>
-          <t>Shanghai Jiao Tong University</t>
+          <t>Emory University</t>
         </is>
       </c>
       <c r="B81" s="2" t="n">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C81" s="2" t="n">
-        <v>163</v>
+        <v>178</v>
       </c>
       <c r="D81" s="2" t="n">
         <v>80</v>
       </c>
       <c r="E81" s="2" t="n">
-        <v>81</v>
+        <v>71</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="2" t="inlineStr">
         <is>
-          <t>University of Arizona</t>
+          <t>Shanghai Jiao Tong University</t>
         </is>
       </c>
       <c r="B82" s="2" t="n">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C82" s="2" t="n">
-        <v>171</v>
+        <v>163</v>
       </c>
       <c r="D82" s="2" t="n">
         <v>81</v>
       </c>
       <c r="E82" s="2" t="n">
-        <v>77</v>
+        <v>82</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="2" t="inlineStr">
         <is>
-          <t>Technical University of Munich</t>
+          <t>University of Arizona</t>
         </is>
       </c>
       <c r="B83" s="2" t="n">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="C83" s="2" t="n">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="D83" s="2" t="n">
         <v>82</v>
       </c>
       <c r="E83" s="2" t="n">
-        <v>90</v>
+        <v>78</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="2" t="inlineStr">
         <is>
-          <t>University of Utah</t>
+          <t>Technical University of Munich</t>
         </is>
       </c>
       <c r="B84" s="2" t="n">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C84" s="2" t="n">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="D84" s="2" t="n">
         <v>83</v>
       </c>
       <c r="E84" s="2" t="n">
-        <v>95</v>
+        <v>91</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="2" t="inlineStr">
         <is>
-          <t>City University of New York</t>
+          <t>University of Utah</t>
         </is>
       </c>
       <c r="B85" s="2" t="n">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C85" s="2" t="n">
-        <v>152</v>
+        <v>144</v>
       </c>
       <c r="D85" s="2" t="n">
         <v>84</v>
       </c>
       <c r="E85" s="2" t="n">
-        <v>88</v>
+        <v>96</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="2" t="inlineStr">
         <is>
-          <t>University of Sydney</t>
+          <t>City University of New York</t>
         </is>
       </c>
       <c r="B86" s="2" t="n">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C86" s="2" t="n">
-        <v>160</v>
+        <v>152</v>
       </c>
       <c r="D86" s="2" t="n">
         <v>85</v>
       </c>
       <c r="E86" s="2" t="n">
-        <v>84</v>
+        <v>89</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="2" t="inlineStr">
         <is>
-          <t>University of Massachusetts</t>
+          <t>University of Sydney</t>
         </is>
       </c>
       <c r="B87" s="2" t="n">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="C87" s="2" t="n">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="D87" s="2" t="n">
         <v>86</v>
       </c>
       <c r="E87" s="2" t="n">
-        <v>86</v>
+        <v>85</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="2" t="inlineStr">
         <is>
-          <t>University of Groningen</t>
+          <t>University of Massachusetts</t>
         </is>
       </c>
       <c r="B88" s="2" t="n">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="C88" s="2" t="n">
-        <v>148</v>
+        <v>155</v>
       </c>
       <c r="D88" s="2" t="n">
         <v>87</v>
       </c>
       <c r="E88" s="2" t="n">
-        <v>92</v>
+        <v>87</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="2" t="inlineStr">
         <is>
-          <t>University of Pittsburgh</t>
+          <t>University of Groningen</t>
         </is>
       </c>
       <c r="B89" s="2" t="n">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C89" s="2" t="n">
-        <v>169</v>
+        <v>148</v>
       </c>
       <c r="D89" s="2" t="n">
         <v>88</v>
       </c>
       <c r="E89" s="2" t="n">
-        <v>78</v>
+        <v>93</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="2" t="inlineStr">
         <is>
-          <t>Vrije Universiteit Amsterdam</t>
+          <t>University of Pittsburgh</t>
         </is>
       </c>
       <c r="B90" s="2" t="n">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C90" s="2" t="n">
-        <v>142</v>
+        <v>169</v>
       </c>
       <c r="D90" s="2" t="n">
         <v>89</v>
       </c>
       <c r="E90" s="2" t="n">
-        <v>98</v>
+        <v>79</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="2" t="inlineStr">
         <is>
-          <t>Renmin University of China</t>
+          <t>Vrije Universiteit Amsterdam</t>
         </is>
       </c>
       <c r="B91" s="2" t="n">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C91" s="2" t="n">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="D91" s="2" t="n">
         <v>90</v>
       </c>
       <c r="E91" s="2" t="n">
-        <v>95</v>
+        <v>99</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="2" t="inlineStr">
         <is>
-          <t>Georgetown University</t>
+          <t>Renmin University of China</t>
         </is>
       </c>
       <c r="B92" s="2" t="n">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C92" s="2" t="n">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="D92" s="2" t="n">
         <v>91</v>
       </c>
       <c r="E92" s="2" t="n">
-        <v>100</v>
+        <v>96</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="2" t="inlineStr">
         <is>
-          <t>University of California, Irvine</t>
+          <t>Georgetown University</t>
         </is>
       </c>
       <c r="B93" s="2" t="n">
         <v>156</v>
       </c>
       <c r="C93" s="2" t="n">
-        <v>152</v>
+        <v>140</v>
       </c>
       <c r="D93" s="2" t="n">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E93" s="2" t="n">
-        <v>88</v>
+        <v>101</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="2" t="inlineStr">
         <is>
-          <t>University of Waterloo</t>
+          <t>University of California, Irvine</t>
         </is>
       </c>
       <c r="B94" s="2" t="n">
         <v>156</v>
       </c>
       <c r="C94" s="2" t="n">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="D94" s="2" t="n">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E94" s="2" t="n">
-        <v>90</v>
+        <v>89</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="2" t="inlineStr">
         <is>
-          <t>University of Connecticut</t>
+          <t>University of Waterloo</t>
         </is>
       </c>
       <c r="B95" s="2" t="n">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="C95" s="2" t="n">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D95" s="2" t="n">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="E95" s="2" t="n">
-        <v>92</v>
+        <v>91</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="2" t="inlineStr">
         <is>
-          <t>Monash University</t>
+          <t>University of Connecticut</t>
         </is>
       </c>
       <c r="B96" s="2" t="n">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C96" s="2" t="n">
-        <v>136</v>
+        <v>148</v>
       </c>
       <c r="D96" s="2" t="n">
         <v>95</v>
       </c>
       <c r="E96" s="2" t="n">
-        <v>102</v>
+        <v>93</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="2" t="inlineStr">
         <is>
-          <t>Northeastern University</t>
+          <t>Monash University</t>
         </is>
       </c>
       <c r="B97" s="2" t="n">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="C97" s="2" t="n">
-        <v>158</v>
+        <v>136</v>
       </c>
       <c r="D97" s="2" t="n">
         <v>96</v>
       </c>
       <c r="E97" s="2" t="n">
-        <v>85</v>
+        <v>103</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="2" t="inlineStr">
         <is>
-          <t>University of Cambridge</t>
+          <t>Northeastern University</t>
         </is>
       </c>
       <c r="B98" s="2" t="n">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C98" s="2" t="n">
-        <v>164</v>
+        <v>158</v>
       </c>
       <c r="D98" s="2" t="n">
         <v>97</v>
       </c>
       <c r="E98" s="2" t="n">
-        <v>79</v>
+        <v>86</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="2" t="inlineStr">
         <is>
-          <t>Auburn University</t>
+          <t>University of Cambridge</t>
         </is>
       </c>
       <c r="B99" s="2" t="n">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="C99" s="2" t="n">
-        <v>123</v>
+        <v>164</v>
       </c>
       <c r="D99" s="2" t="n">
         <v>98</v>
       </c>
       <c r="E99" s="2" t="n">
-        <v>109</v>
+        <v>80</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="2" t="inlineStr">
         <is>
-          <t>University of Tennessee, Knoxville</t>
+          <t>Auburn University</t>
         </is>
       </c>
       <c r="B100" s="2" t="n">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C100" s="2" t="n">
-        <v>154</v>
+        <v>123</v>
       </c>
       <c r="D100" s="2" t="n">
         <v>99</v>
       </c>
       <c r="E100" s="2" t="n">
-        <v>87</v>
+        <v>110</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="2" t="inlineStr">
         <is>
-          <t>University of Amsterdam</t>
+          <t>University of Tennessee, Knoxville</t>
         </is>
       </c>
       <c r="B101" s="2" t="n">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C101" s="2" t="n">
-        <v>136</v>
+        <v>154</v>
       </c>
       <c r="D101" s="2" t="n">
         <v>100</v>
       </c>
       <c r="E101" s="2" t="n">
-        <v>102</v>
+        <v>88</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="2" t="inlineStr">
         <is>
-          <t>University of Miami</t>
+          <t>University of Amsterdam</t>
         </is>
       </c>
       <c r="B102" s="2" t="n">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C102" s="2" t="n">
-        <v>144</v>
+        <v>136</v>
       </c>
       <c r="D102" s="2" t="n">
         <v>101</v>
       </c>
       <c r="E102" s="2" t="n">
-        <v>95</v>
+        <v>103</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="2" t="inlineStr">
         <is>
-          <t>Tel Aviv University</t>
+          <t>University of Miami</t>
         </is>
       </c>
       <c r="B103" s="2" t="n">
         <v>141</v>
       </c>
       <c r="C103" s="2" t="n">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="D103" s="2" t="n">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E103" s="2" t="n">
-        <v>94</v>
+        <v>96</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="2" t="inlineStr">
         <is>
-          <t>Cuny, Baruch College</t>
+          <t>Tel Aviv University</t>
         </is>
       </c>
       <c r="B104" s="2" t="n">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="C104" s="2" t="n">
-        <v>120</v>
+        <v>146</v>
       </c>
       <c r="D104" s="2" t="n">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="E104" s="2" t="n">
-        <v>112</v>
+        <v>95</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="2" t="inlineStr">
         <is>
-          <t>Rice University</t>
+          <t>Cuny, Baruch College</t>
         </is>
       </c>
       <c r="B105" s="2" t="n">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C105" s="2" t="n">
-        <v>135</v>
+        <v>120</v>
       </c>
       <c r="D105" s="2" t="n">
         <v>104</v>
       </c>
       <c r="E105" s="2" t="n">
-        <v>104</v>
+        <v>113</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="2" t="inlineStr">
         <is>
-          <t>Katholieke Universiteit Leuven</t>
+          <t>Rice University</t>
         </is>
       </c>
       <c r="B106" s="2" t="n">
         <v>138</v>
       </c>
       <c r="C106" s="2" t="n">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="D106" s="2" t="n">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E106" s="2" t="n">
-        <v>101</v>
+        <v>105</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="2" t="inlineStr">
         <is>
           <t>Texas Technical University</t>
         </is>
       </c>
       <c r="B107" s="2" t="n">
         <v>138</v>
       </c>
       <c r="C107" s="2" t="n">
         <v>111</v>
       </c>
       <c r="D107" s="2" t="n">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E107" s="2" t="n">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="2" t="inlineStr">
         <is>
-          <t>Eth Zurich</t>
+          <t>Katholieke Universiteit Leuven</t>
         </is>
       </c>
       <c r="B108" s="2" t="n">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C108" s="2" t="n">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="D108" s="2" t="n">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="E108" s="2" t="n">
-        <v>99</v>
+        <v>102</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="2" t="inlineStr">
         <is>
-          <t>Louisiana State University</t>
+          <t>Eth Zurich</t>
         </is>
       </c>
       <c r="B109" s="2" t="n">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="C109" s="2" t="n">
-        <v>123</v>
+        <v>141</v>
       </c>
       <c r="D109" s="2" t="n">
         <v>108</v>
       </c>
       <c r="E109" s="2" t="n">
-        <v>109</v>
+        <v>100</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="2" t="inlineStr">
         <is>
-          <t>Johns Hopkins University</t>
+          <t>Louisiana State University</t>
         </is>
       </c>
       <c r="B110" s="2" t="n">
         <v>134</v>
       </c>
       <c r="C110" s="2" t="n">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="D110" s="2" t="n">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E110" s="2" t="n">
-        <v>107</v>
+        <v>110</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="2" t="inlineStr">
         <is>
-          <t>Zhejiang University</t>
+          <t>Johns Hopkins University</t>
         </is>
       </c>
       <c r="B111" s="2" t="n">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C111" s="2" t="n">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="D111" s="2" t="n">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="E111" s="2" t="n">
-        <v>112</v>
+        <v>108</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="2" t="inlineStr">
         <is>
-          <t>University College London</t>
+          <t>Zhejiang University</t>
         </is>
       </c>
       <c r="B112" s="2" t="n">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="C112" s="2" t="n">
-        <v>109</v>
+        <v>120</v>
       </c>
       <c r="D112" s="2" t="n">
         <v>111</v>
       </c>
       <c r="E112" s="2" t="n">
-        <v>125</v>
+        <v>113</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="2" t="inlineStr">
         <is>
-          <t>University of Western Ontario</t>
+          <t>University College London</t>
         </is>
       </c>
       <c r="B113" s="2" t="n">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C113" s="2" t="n">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="D113" s="2" t="n">
         <v>112</v>
       </c>
       <c r="E113" s="2" t="n">
-        <v>136</v>
+        <v>126</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="2" t="inlineStr">
         <is>
-          <t>Shanghai University of Finance and Economics</t>
+          <t>University of Western Ontario</t>
         </is>
       </c>
       <c r="B114" s="2" t="n">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="C114" s="2" t="n">
-        <v>127</v>
+        <v>104</v>
       </c>
       <c r="D114" s="2" t="n">
         <v>113</v>
       </c>
       <c r="E114" s="2" t="n">
-        <v>106</v>
+        <v>137</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="2" t="inlineStr">
         <is>
-          <t>Vienna University of Economics and Business</t>
+          <t>Shanghai University of Finance and Economics</t>
         </is>
       </c>
       <c r="B115" s="2" t="n">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C115" s="2" t="n">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="D115" s="2" t="n">
         <v>114</v>
       </c>
       <c r="E115" s="2" t="n">
-        <v>132</v>
+        <v>107</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="2" t="inlineStr">
         <is>
-          <t>University of California, San Diego</t>
+          <t>Vienna University of Economics and Business</t>
         </is>
       </c>
       <c r="B116" s="2" t="n">
         <v>123</v>
       </c>
       <c r="C116" s="2" t="n">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="D116" s="2" t="n">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E116" s="2" t="n">
-        <v>121</v>
+        <v>133</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="2" t="inlineStr">
         <is>
-          <t>Iowa State University</t>
+          <t>University of California, San Diego</t>
         </is>
       </c>
       <c r="B117" s="2" t="n">
         <v>123</v>
       </c>
       <c r="C117" s="2" t="n">
         <v>110</v>
       </c>
       <c r="D117" s="2" t="n">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E117" s="2" t="n">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="2" t="inlineStr">
         <is>
-          <t>Rutgers University, Newark</t>
+          <t>Iowa State University</t>
         </is>
       </c>
       <c r="B118" s="2" t="n">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C118" s="2" t="n">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="D118" s="2" t="n">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="E118" s="2" t="n">
-        <v>132</v>
+        <v>122</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="2" t="inlineStr">
         <is>
           <t>George Washington University</t>
         </is>
       </c>
       <c r="B119" s="2" t="n">
         <v>121</v>
       </c>
       <c r="C119" s="2" t="n">
         <v>130</v>
       </c>
       <c r="D119" s="2" t="n">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E119" s="2" t="n">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="2" t="inlineStr">
         <is>
-          <t>Aarhus University</t>
+          <t>Rutgers University, Newark</t>
         </is>
       </c>
       <c r="B120" s="2" t="n">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C120" s="2" t="n">
-        <v>112</v>
+        <v>105</v>
       </c>
       <c r="D120" s="2" t="n">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="E120" s="2" t="n">
-        <v>117</v>
+        <v>133</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="2" t="inlineStr">
         <is>
-          <t>Beijing Jiaotong University</t>
+          <t>Aarhus University</t>
         </is>
       </c>
       <c r="B121" s="2" t="n">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C121" s="2" t="n">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="D121" s="2" t="n">
         <v>120</v>
       </c>
       <c r="E121" s="2" t="n">
-        <v>127</v>
+        <v>118</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="2" t="inlineStr">
         <is>
-          <t>University of Iowa</t>
+          <t>Beijing Jiaotong University</t>
         </is>
       </c>
       <c r="B122" s="2" t="n">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="C122" s="2" t="n">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="D122" s="2" t="n">
         <v>121</v>
       </c>
       <c r="E122" s="2" t="n">
-        <v>132</v>
+        <v>128</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="2" t="inlineStr">
         <is>
-          <t>Tongji University</t>
+          <t>University of Iowa</t>
         </is>
       </c>
       <c r="B123" s="2" t="n">
         <v>115</v>
       </c>
       <c r="C123" s="2" t="n">
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="D123" s="2" t="n">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="E123" s="2" t="n">
-        <v>145</v>
+        <v>133</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="2" t="inlineStr">
         <is>
-          <t>Princeton University</t>
+          <t>Tongji University</t>
         </is>
       </c>
       <c r="B124" s="2" t="n">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C124" s="2" t="n">
-        <v>116</v>
+        <v>95</v>
       </c>
       <c r="D124" s="2" t="n">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="E124" s="2" t="n">
-        <v>116</v>
+        <v>146</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="2" t="inlineStr">
         <is>
-          <t>Brigham Young University</t>
+          <t>Princeton University</t>
         </is>
       </c>
       <c r="B125" s="2" t="n">
         <v>114</v>
       </c>
       <c r="C125" s="2" t="n">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="D125" s="2" t="n">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="E125" s="2" t="n">
-        <v>112</v>
+        <v>117</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="2" t="inlineStr">
         <is>
-          <t>Dartmouth College</t>
+          <t>Brigham Young University</t>
         </is>
       </c>
       <c r="B126" s="2" t="n">
+        <v>114</v>
+      </c>
+      <c r="C126" s="2" t="n">
+        <v>120</v>
+      </c>
+      <c r="D126" s="2" t="n">
+        <v>124</v>
+      </c>
+      <c r="E126" s="2" t="n">
         <v>113</v>
-      </c>
-[...7 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="2" t="inlineStr">
         <is>
-          <t>York University</t>
+          <t>Dartmouth College</t>
         </is>
       </c>
       <c r="B127" s="2" t="n">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="C127" s="2" t="n">
-        <v>110</v>
+        <v>121</v>
       </c>
       <c r="D127" s="2" t="n">
         <v>126</v>
       </c>
       <c r="E127" s="2" t="n">
-        <v>121</v>
+        <v>112</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="2" t="inlineStr">
         <is>
-          <t>Florida State University</t>
+          <t>York University</t>
         </is>
       </c>
       <c r="B128" s="2" t="n">
+        <v>111</v>
+      </c>
+      <c r="C128" s="2" t="n">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="D128" s="2" t="n">
         <v>127</v>
       </c>
       <c r="E128" s="2" t="n">
-        <v>107</v>
+        <v>122</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="2" t="inlineStr">
         <is>
           <t>North Carolina State University</t>
         </is>
       </c>
       <c r="B129" s="2" t="n">
         <v>110</v>
       </c>
       <c r="C129" s="2" t="n">
         <v>100</v>
       </c>
       <c r="D129" s="2" t="n">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="E129" s="2" t="n">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="2" t="inlineStr">
         <is>
-          <t>Oklahoma State University</t>
+          <t>Florida State University</t>
         </is>
       </c>
       <c r="B130" s="2" t="n">
+        <v>110</v>
+      </c>
+      <c r="C130" s="2" t="n">
+        <v>125</v>
+      </c>
+      <c r="D130" s="2" t="n">
+        <v>128</v>
+      </c>
+      <c r="E130" s="2" t="n">
         <v>108</v>
-      </c>
-[...7 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="2" t="inlineStr">
         <is>
           <t>University of St Gallen</t>
         </is>
       </c>
       <c r="B131" s="2" t="n">
         <v>108</v>
       </c>
       <c r="C131" s="2" t="n">
         <v>107</v>
       </c>
       <c r="D131" s="2" t="n">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="E131" s="2" t="n">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="2" t="inlineStr">
         <is>
-          <t>Texas Christian University</t>
+          <t>Oklahoma State University</t>
         </is>
       </c>
       <c r="B132" s="2" t="n">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C132" s="2" t="n">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="D132" s="2" t="n">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="E132" s="2" t="n">
-        <v>132</v>
+        <v>119</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="2" t="inlineStr">
         <is>
-          <t>University of Cologne</t>
+          <t>Texas Christian University</t>
         </is>
       </c>
       <c r="B133" s="2" t="n">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C133" s="2" t="n">
-        <v>111</v>
+        <v>105</v>
       </c>
       <c r="D133" s="2" t="n">
         <v>132</v>
       </c>
       <c r="E133" s="2" t="n">
-        <v>118</v>
+        <v>133</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="2" t="inlineStr">
         <is>
-          <t>University of Alberta</t>
+          <t>University of Cologne</t>
         </is>
       </c>
       <c r="B134" s="2" t="n">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C134" s="2" t="n">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="D134" s="2" t="n">
         <v>133</v>
       </c>
       <c r="E134" s="2" t="n">
-        <v>130</v>
+        <v>119</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="2" t="inlineStr">
         <is>
-          <t>University of Oregon</t>
+          <t>University of Zurich</t>
         </is>
       </c>
       <c r="B135" s="2" t="n">
         <v>105</v>
       </c>
       <c r="C135" s="2" t="n">
-        <v>110</v>
+        <v>96</v>
       </c>
       <c r="D135" s="2" t="n">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E135" s="2" t="n">
-        <v>121</v>
+        <v>145</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="2" t="inlineStr">
         <is>
-          <t>University of Nebraska, Lincoln</t>
+          <t>University of Alberta</t>
         </is>
       </c>
       <c r="B136" s="2" t="n">
         <v>105</v>
       </c>
       <c r="C136" s="2" t="n">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="D136" s="2" t="n">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E136" s="2" t="n">
-        <v>125</v>
+        <v>131</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="2" t="inlineStr">
         <is>
-          <t>University of Zurich</t>
+          <t>University of Nebraska, Lincoln</t>
         </is>
       </c>
       <c r="B137" s="2" t="n">
         <v>105</v>
       </c>
       <c r="C137" s="2" t="n">
-        <v>96</v>
+        <v>109</v>
       </c>
       <c r="D137" s="2" t="n">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E137" s="2" t="n">
-        <v>144</v>
+        <v>126</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="2" t="inlineStr">
         <is>
-          <t>Syracuse University</t>
+          <t>University of Oregon</t>
         </is>
       </c>
       <c r="B138" s="2" t="n">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="C138" s="2" t="n">
-        <v>97</v>
+        <v>110</v>
       </c>
       <c r="D138" s="2" t="n">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="E138" s="2" t="n">
-        <v>143</v>
+        <v>122</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="2" t="inlineStr">
         <is>
           <t>George Mason University</t>
         </is>
       </c>
       <c r="B139" s="2" t="n">
         <v>103</v>
       </c>
       <c r="C139" s="2" t="n">
         <v>98</v>
       </c>
       <c r="D139" s="2" t="n">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="E139" s="2" t="n">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="2" t="inlineStr">
         <is>
-          <t>University of South Florida</t>
+          <t>Syracuse University</t>
         </is>
       </c>
       <c r="B140" s="2" t="n">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="C140" s="2" t="n">
-        <v>117</v>
+        <v>97</v>
       </c>
       <c r="D140" s="2" t="n">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="E140" s="2" t="n">
-        <v>115</v>
+        <v>144</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="2" t="inlineStr">
         <is>
-          <t>Lehigh University</t>
+          <t>University of South Florida</t>
         </is>
       </c>
       <c r="B141" s="2" t="n">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C141" s="2" t="n">
-        <v>98</v>
+        <v>117</v>
       </c>
       <c r="D141" s="2" t="n">
         <v>140</v>
       </c>
       <c r="E141" s="2" t="n">
-        <v>140</v>
+        <v>116</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="2" t="inlineStr">
         <is>
-          <t>Clemson University</t>
+          <t>Lehigh University</t>
         </is>
       </c>
       <c r="B142" s="2" t="n">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C142" s="2" t="n">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="D142" s="2" t="n">
         <v>141</v>
       </c>
       <c r="E142" s="2" t="n">
-        <v>138</v>
+        <v>141</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="2" t="inlineStr">
         <is>
-          <t>University of Navarra</t>
+          <t>Clemson University</t>
         </is>
       </c>
       <c r="B143" s="2" t="n">
         <v>99</v>
       </c>
       <c r="C143" s="2" t="n">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="D143" s="2" t="n">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="E143" s="2" t="n">
-        <v>150</v>
+        <v>139</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="2" t="inlineStr">
         <is>
-          <t>University of Queensland</t>
+          <t>University of Navarra</t>
         </is>
       </c>
       <c r="B144" s="2" t="n">
         <v>99</v>
       </c>
       <c r="C144" s="2" t="n">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="D144" s="2" t="n">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="E144" s="2" t="n">
-        <v>148</v>
+        <v>151</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="2" t="inlineStr">
         <is>
-          <t>Stockholm School of Economics</t>
+          <t>University of Queensland</t>
         </is>
       </c>
       <c r="B145" s="2" t="n">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C145" s="2" t="n">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="D145" s="2" t="n">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="E145" s="2" t="n">
-        <v>157</v>
+        <v>149</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="2" t="inlineStr">
         <is>
-          <t>University of Delaware</t>
+          <t>Stockholm School of Economics</t>
         </is>
       </c>
       <c r="B146" s="2" t="n">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C146" s="2" t="n">
-        <v>101</v>
+        <v>87</v>
       </c>
       <c r="D146" s="2" t="n">
         <v>145</v>
       </c>
       <c r="E146" s="2" t="n">
-        <v>137</v>
+        <v>158</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="2" t="inlineStr">
         <is>
-          <t>University of Massachusetts, Amherst</t>
+          <t>University of Delaware</t>
         </is>
       </c>
       <c r="B147" s="2" t="n">
         <v>97</v>
       </c>
       <c r="C147" s="2" t="n">
-        <v>82</v>
+        <v>101</v>
       </c>
       <c r="D147" s="2" t="n">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="E147" s="2" t="n">
-        <v>165</v>
+        <v>138</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="2" t="inlineStr">
         <is>
-          <t>University of Liverpool</t>
+          <t>University of Massachusetts, Amherst</t>
         </is>
       </c>
       <c r="B148" s="2" t="n">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C148" s="2" t="n">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="D148" s="2" t="n">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="E148" s="2" t="n">
-        <v>163</v>
+        <v>166</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="2" t="inlineStr">
         <is>
           <t>Aalto University</t>
         </is>
       </c>
       <c r="B149" s="2" t="n">
         <v>96</v>
       </c>
       <c r="C149" s="2" t="n">
         <v>98</v>
       </c>
       <c r="D149" s="2" t="n">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E149" s="2" t="n">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="2" t="inlineStr">
         <is>
-          <t>University of Leeds</t>
+          <t>University of Liverpool</t>
         </is>
       </c>
       <c r="B150" s="2" t="n">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C150" s="2" t="n">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="D150" s="2" t="n">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="E150" s="2" t="n">
-        <v>151</v>
+        <v>164</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="2" t="inlineStr">
         <is>
-          <t>Sun Yat-Sen (Zhongshan) University</t>
+          <t>University of Leeds</t>
         </is>
       </c>
       <c r="B151" s="2" t="n">
         <v>95</v>
       </c>
       <c r="C151" s="2" t="n">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="D151" s="2" t="n">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="E151" s="2" t="n">
-        <v>146</v>
+        <v>152</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="2" t="inlineStr">
         <is>
-          <t>Tulane University</t>
+          <t>Sun Yat-Sen (Zhongshan) University</t>
         </is>
       </c>
       <c r="B152" s="2" t="n">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C152" s="2" t="n">
-        <v>107</v>
+        <v>93</v>
       </c>
       <c r="D152" s="2" t="n">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="E152" s="2" t="n">
-        <v>127</v>
+        <v>147</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="2" t="inlineStr">
         <is>
-          <t>University of Manchester</t>
+          <t>Tulane University</t>
         </is>
       </c>
       <c r="B153" s="2" t="n">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C153" s="2" t="n">
-        <v>80</v>
+        <v>107</v>
       </c>
       <c r="D153" s="2" t="n">
         <v>152</v>
       </c>
       <c r="E153" s="2" t="n">
-        <v>168</v>
+        <v>128</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="2" t="inlineStr">
         <is>
-          <t>Kings College, London</t>
+          <t>University of Manchester</t>
         </is>
       </c>
       <c r="B154" s="2" t="n">
         <v>93</v>
       </c>
       <c r="C154" s="2" t="n">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="D154" s="2" t="n">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="E154" s="2" t="n">
-        <v>161</v>
+        <v>169</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="2" t="inlineStr">
         <is>
-          <t>University of Kansas</t>
+          <t>Kings College, London</t>
         </is>
       </c>
       <c r="B155" s="2" t="n">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="C155" s="2" t="n">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="D155" s="2" t="n">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="E155" s="2" t="n">
-        <v>154</v>
+        <v>162</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="2" t="inlineStr">
         <is>
           <t>Southern Methodist University</t>
         </is>
       </c>
       <c r="B156" s="2" t="n">
         <v>91</v>
       </c>
       <c r="C156" s="2" t="n">
         <v>85</v>
       </c>
       <c r="D156" s="2" t="n">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="E156" s="2" t="n">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="2" t="inlineStr">
         <is>
-          <t>University of Mannheim</t>
+          <t>Queens University</t>
         </is>
       </c>
       <c r="B157" s="2" t="n">
         <v>91</v>
       </c>
       <c r="C157" s="2" t="n">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D157" s="2" t="n">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="E157" s="2" t="n">
-        <v>154</v>
+        <v>152</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="2" t="inlineStr">
         <is>
-          <t>Queens University</t>
+          <t>University of Kansas</t>
         </is>
       </c>
       <c r="B158" s="2" t="n">
         <v>91</v>
       </c>
       <c r="C158" s="2" t="n">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="D158" s="2" t="n">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="E158" s="2" t="n">
-        <v>151</v>
+        <v>155</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="2" t="inlineStr">
         <is>
-          <t>Lancaster University</t>
+          <t>University of Mannheim</t>
         </is>
       </c>
       <c r="B159" s="2" t="n">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C159" s="2" t="n">
-        <v>106</v>
+        <v>88</v>
       </c>
       <c r="D159" s="2" t="n">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="E159" s="2" t="n">
-        <v>130</v>
+        <v>155</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="2" t="inlineStr">
         <is>
-          <t>Nanjing University</t>
+          <t>Lancaster University</t>
         </is>
       </c>
       <c r="B160" s="2" t="n">
         <v>89</v>
       </c>
       <c r="C160" s="2" t="n">
-        <v>86</v>
+        <v>106</v>
       </c>
       <c r="D160" s="2" t="n">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E160" s="2" t="n">
-        <v>159</v>
+        <v>131</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="2" t="inlineStr">
         <is>
-          <t>University of Bath</t>
+          <t>Nanjing University</t>
         </is>
       </c>
       <c r="B161" s="2" t="n">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C161" s="2" t="n">
-        <v>72</v>
+        <v>86</v>
       </c>
       <c r="D161" s="2" t="n">
+        <v>159</v>
+      </c>
+      <c r="E161" s="2" t="n">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="2" t="inlineStr">
         <is>
-          <t>University of California, Davis</t>
+          <t>Xian Jiaotong University</t>
         </is>
       </c>
       <c r="B162" s="2" t="n">
         <v>88</v>
       </c>
       <c r="C162" s="2" t="n">
-        <v>91</v>
+        <v>79</v>
       </c>
       <c r="D162" s="2" t="n">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E162" s="2" t="n">
-        <v>148</v>
+        <v>170</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="2" t="inlineStr">
         <is>
-          <t>Xian Jiaotong University</t>
+          <t>University of Bath</t>
         </is>
       </c>
       <c r="B163" s="2" t="n">
         <v>88</v>
       </c>
       <c r="C163" s="2" t="n">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="D163" s="2" t="n">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E163" s="2" t="n">
-        <v>169</v>
+        <v>180</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="2" t="inlineStr">
         <is>
           <t>University of Kentucky</t>
         </is>
       </c>
       <c r="B164" s="2" t="n">
         <v>88</v>
       </c>
       <c r="C164" s="2" t="n">
         <v>89</v>
       </c>
       <c r="D164" s="2" t="n">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E164" s="2" t="n">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="2" t="inlineStr">
         <is>
-          <t>Eindhoven University of Technology</t>
+          <t>University of California, Davis</t>
         </is>
       </c>
       <c r="B165" s="2" t="n">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C165" s="2" t="n">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="D165" s="2" t="n">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="E165" s="2" t="n">
-        <v>173</v>
+        <v>149</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="2" t="inlineStr">
         <is>
-          <t>University of Vienna</t>
+          <t>Eindhoven University of Technology</t>
         </is>
       </c>
       <c r="B166" s="2" t="n">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="C166" s="2" t="n">
-        <v>83</v>
+        <v>76</v>
       </c>
       <c r="D166" s="2" t="n">
         <v>165</v>
       </c>
       <c r="E166" s="2" t="n">
-        <v>163</v>
+        <v>174</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="2" t="inlineStr">
         <is>
-          <t>University of Central Florida</t>
+          <t>University of Vienna</t>
         </is>
       </c>
       <c r="B167" s="2" t="n">
+        <v>84</v>
+      </c>
+      <c r="C167" s="2" t="n">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="D167" s="2" t="n">
         <v>166</v>
       </c>
       <c r="E167" s="2" t="n">
-        <v>146</v>
+        <v>164</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="2" t="inlineStr">
         <is>
-          <t>Korea Advanced Institute of Science Technology</t>
+          <t>University of Munich</t>
         </is>
       </c>
       <c r="B168" s="2" t="n">
         <v>83</v>
       </c>
       <c r="C168" s="2" t="n">
-        <v>87</v>
+        <v>63</v>
       </c>
       <c r="D168" s="2" t="n">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="E168" s="2" t="n">
-        <v>157</v>
+        <v>200</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="2" t="inlineStr">
         <is>
-          <t>University of Munich</t>
+          <t>University of Central Florida</t>
         </is>
       </c>
       <c r="B169" s="2" t="n">
         <v>83</v>
       </c>
       <c r="C169" s="2" t="n">
-        <v>63</v>
+        <v>93</v>
       </c>
       <c r="D169" s="2" t="n">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="E169" s="2" t="n">
-        <v>199</v>
+        <v>147</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="2" t="inlineStr">
         <is>
-          <t>Australian National University</t>
+          <t>Korea Advanced Institute of Science Technology</t>
         </is>
       </c>
       <c r="B170" s="2" t="n">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C170" s="2" t="n">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="D170" s="2" t="n">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="E170" s="2" t="n">
-        <v>171</v>
+        <v>158</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="2" t="inlineStr">
         <is>
-          <t>Huazhong University of Science and Technology</t>
+          <t>Australian National University</t>
         </is>
       </c>
       <c r="B171" s="2" t="n">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C171" s="2" t="n">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="D171" s="2" t="n">
         <v>170</v>
       </c>
       <c r="E171" s="2" t="n">
-        <v>166</v>
+        <v>172</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="2" t="inlineStr">
         <is>
           <t>University of Hamburg</t>
         </is>
       </c>
       <c r="B172" s="2" t="n">
         <v>81</v>
       </c>
       <c r="C172" s="2" t="n">
         <v>75</v>
       </c>
       <c r="D172" s="2" t="n">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="E172" s="2" t="n">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="2" t="inlineStr">
         <is>
-          <t>Vanderbilt University</t>
+          <t>Huazhong University of Science and Technology</t>
         </is>
       </c>
       <c r="B173" s="2" t="n">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C173" s="2" t="n">
-        <v>88</v>
+        <v>81</v>
       </c>
       <c r="D173" s="2" t="n">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="E173" s="2" t="n">
-        <v>154</v>
+        <v>167</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="2" t="inlineStr">
         <is>
-          <t>Florida International University</t>
+          <t>Vanderbilt University</t>
         </is>
       </c>
       <c r="B174" s="2" t="n">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="C174" s="2" t="n">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="D174" s="2" t="n">
         <v>173</v>
       </c>
       <c r="E174" s="2" t="n">
-        <v>161</v>
+        <v>155</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="2" t="inlineStr">
         <is>
           <t>Universitat Ramon Llull</t>
         </is>
       </c>
       <c r="B175" s="2" t="n">
         <v>78</v>
       </c>
       <c r="C175" s="2" t="n">
         <v>72</v>
       </c>
       <c r="D175" s="2" t="n">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="E175" s="2" t="n">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="2" t="inlineStr">
         <is>
-          <t>University of Edinburgh</t>
+          <t>Florida International University</t>
         </is>
       </c>
       <c r="B176" s="2" t="n">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C176" s="2" t="n">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="D176" s="2" t="n">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="E176" s="2" t="n">
-        <v>171</v>
+        <v>162</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="2" t="inlineStr">
         <is>
-          <t>Goethe University Frankfurt</t>
+          <t>University of Edinburgh</t>
         </is>
       </c>
       <c r="B177" s="2" t="n">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C177" s="2" t="n">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="D177" s="2" t="n">
         <v>176</v>
       </c>
       <c r="E177" s="2" t="n">
-        <v>175</v>
+        <v>172</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="2" t="inlineStr">
         <is>
           <t>University of Birmingham</t>
         </is>
       </c>
       <c r="B178" s="2" t="n">
         <v>76</v>
       </c>
       <c r="C178" s="2" t="n">
         <v>71</v>
       </c>
       <c r="D178" s="2" t="n">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="E178" s="2" t="n">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="2" t="inlineStr">
         <is>
-          <t>University of International Business and Economics</t>
+          <t>Goethe University Frankfurt</t>
         </is>
       </c>
       <c r="B179" s="2" t="n">
+        <v>76</v>
+      </c>
+      <c r="C179" s="2" t="n">
         <v>75</v>
       </c>
-      <c r="C179" s="2" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D179" s="2" t="n">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="E179" s="2" t="n">
-        <v>205</v>
+        <v>176</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="2" t="inlineStr">
         <is>
-          <t>University of Rochester</t>
+          <t>University of International Business and Economics</t>
         </is>
       </c>
       <c r="B180" s="2" t="n">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="C180" s="2" t="n">
-        <v>81</v>
+        <v>59</v>
       </c>
       <c r="D180" s="2" t="n">
         <v>179</v>
       </c>
       <c r="E180" s="2" t="n">
-        <v>166</v>
+        <v>206</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="2" t="inlineStr">
         <is>
-          <t>Esade Business School</t>
+          <t>University of Rochester</t>
         </is>
       </c>
       <c r="B181" s="2" t="n">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C181" s="2" t="n">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="D181" s="2" t="n">
         <v>180</v>
       </c>
       <c r="E181" s="2" t="n">
-        <v>188</v>
+        <v>167</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="2" t="inlineStr">
         <is>
-          <t>Maastricht University</t>
+          <t>Esade Business School</t>
         </is>
       </c>
       <c r="B182" s="2" t="n">
         <v>72</v>
       </c>
       <c r="C182" s="2" t="n">
-        <v>78</v>
+        <v>67</v>
       </c>
       <c r="D182" s="2" t="n">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E182" s="2" t="n">
-        <v>170</v>
+        <v>189</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="2" t="inlineStr">
         <is>
-          <t>Technion Israel</t>
+          <t>Maastricht University</t>
         </is>
       </c>
       <c r="B183" s="2" t="n">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C183" s="2" t="n">
-        <v>70</v>
+        <v>78</v>
       </c>
       <c r="D183" s="2" t="n">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="E183" s="2" t="n">
-        <v>184</v>
+        <v>171</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="2" t="inlineStr">
         <is>
-          <t>Shandong University</t>
+          <t>Hong Kong Baptist University</t>
         </is>
       </c>
       <c r="B184" s="2" t="n">
         <v>71</v>
       </c>
       <c r="C184" s="2" t="n">
-        <v>59</v>
+        <v>76</v>
       </c>
       <c r="D184" s="2" t="n">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="E184" s="2" t="n">
-        <v>205</v>
+        <v>174</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="2" t="inlineStr">
         <is>
-          <t>Hong Kong Baptist University</t>
+          <t>Shandong University</t>
         </is>
       </c>
       <c r="B185" s="2" t="n">
         <v>71</v>
       </c>
       <c r="C185" s="2" t="n">
-        <v>76</v>
+        <v>59</v>
       </c>
       <c r="D185" s="2" t="n">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="E185" s="2" t="n">
-        <v>173</v>
+        <v>206</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="2" t="inlineStr">
         <is>
-          <t>Miami University</t>
+          <t>Technion Israel</t>
         </is>
       </c>
       <c r="B186" s="2" t="n">
+        <v>71</v>
+      </c>
+      <c r="C186" s="2" t="n">
         <v>70</v>
       </c>
-      <c r="C186" s="2" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D186" s="2" t="n">
+        <v>183</v>
+      </c>
+      <c r="E186" s="2" t="n">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="2" t="inlineStr">
         <is>
-          <t>Drexel University</t>
+          <t>Miami University</t>
         </is>
       </c>
       <c r="B187" s="2" t="n">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C187" s="2" t="n">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="D187" s="2" t="n">
         <v>186</v>
       </c>
       <c r="E187" s="2" t="n">
-        <v>178</v>
+        <v>180</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="2" t="inlineStr">
         <is>
-          <t>PSL Research University</t>
+          <t>Drexel University</t>
         </is>
       </c>
       <c r="B188" s="2" t="n">
         <v>69</v>
       </c>
       <c r="C188" s="2" t="n">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="D188" s="2" t="n">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="E188" s="2" t="n">
-        <v>184</v>
+        <v>179</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="2" t="inlineStr">
         <is>
-          <t>University of Auckland</t>
+          <t>PSL Research University</t>
         </is>
       </c>
       <c r="B189" s="2" t="n">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="C189" s="2" t="n">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="D189" s="2" t="n">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="E189" s="2" t="n">
-        <v>200</v>
+        <v>185</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="2" t="inlineStr">
         <is>
-          <t>Leiden University</t>
+          <t>IE University</t>
         </is>
       </c>
       <c r="B190" s="2" t="n">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C190" s="2" t="n">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="D190" s="2" t="n">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="E190" s="2" t="n">
-        <v>212</v>
+        <v>227</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="2" t="inlineStr">
         <is>
-          <t>Xiamen University</t>
+          <t>University of Missouri, Columbia</t>
         </is>
       </c>
       <c r="B191" s="2" t="n">
         <v>67</v>
       </c>
       <c r="C191" s="2" t="n">
-        <v>56</v>
+        <v>75</v>
       </c>
       <c r="D191" s="2" t="n">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E191" s="2" t="n">
-        <v>212</v>
+        <v>176</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="2" t="inlineStr">
         <is>
-          <t>University of Lausanne</t>
+          <t>National Taiwan University</t>
         </is>
       </c>
       <c r="B192" s="2" t="n">
         <v>67</v>
       </c>
       <c r="C192" s="2" t="n">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="D192" s="2" t="n">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E192" s="2" t="n">
-        <v>203</v>
+        <v>194</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="2" t="inlineStr">
         <is>
-          <t>University of Missouri, Columbia</t>
+          <t>University of Lausanne</t>
         </is>
       </c>
       <c r="B193" s="2" t="n">
         <v>67</v>
       </c>
       <c r="C193" s="2" t="n">
-        <v>75</v>
+        <v>60</v>
       </c>
       <c r="D193" s="2" t="n">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E193" s="2" t="n">
-        <v>175</v>
+        <v>204</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="2" t="inlineStr">
         <is>
-          <t>National Taiwan University</t>
+          <t>University of Auckland</t>
         </is>
       </c>
       <c r="B194" s="2" t="n">
         <v>67</v>
       </c>
       <c r="C194" s="2" t="n">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="D194" s="2" t="n">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E194" s="2" t="n">
-        <v>193</v>
+        <v>201</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="2" t="inlineStr">
         <is>
-          <t>University of Hawaii</t>
+          <t>Xiamen University</t>
         </is>
       </c>
       <c r="B195" s="2" t="n">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C195" s="2" t="n">
-        <v>66</v>
+        <v>56</v>
       </c>
       <c r="D195" s="2" t="n">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="E195" s="2" t="n">
-        <v>191</v>
+        <v>213</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="2" t="inlineStr">
         <is>
-          <t>University of Cincinnati</t>
+          <t>Leiden University</t>
         </is>
       </c>
       <c r="B196" s="2" t="n">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C196" s="2" t="n">
-        <v>71</v>
+        <v>56</v>
       </c>
       <c r="D196" s="2" t="n">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="E196" s="2" t="n">
-        <v>182</v>
+        <v>213</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="2" t="inlineStr">
         <is>
-          <t>Beihang University</t>
+          <t>University of Cincinnati</t>
         </is>
       </c>
       <c r="B197" s="2" t="n">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C197" s="2" t="n">
-        <v>58</v>
+        <v>71</v>
       </c>
       <c r="D197" s="2" t="n">
         <v>196</v>
       </c>
       <c r="E197" s="2" t="n">
-        <v>207</v>
+        <v>183</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="2" t="inlineStr">
         <is>
-          <t>FGV EPGE, Rio de Janeiro</t>
+          <t>University of Hawaii</t>
         </is>
       </c>
       <c r="B198" s="2" t="n">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="C198" s="2" t="n">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="D198" s="2" t="n">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="E198" s="2" t="n">
-        <v>215</v>
+        <v>192</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="2" t="inlineStr">
         <is>
-          <t>Ghent University</t>
+          <t>Beihang University</t>
         </is>
       </c>
       <c r="B199" s="2" t="n">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="C199" s="2" t="n">
-        <v>69</v>
+        <v>58</v>
       </c>
       <c r="D199" s="2" t="n">
         <v>198</v>
       </c>
       <c r="E199" s="2" t="n">
-        <v>187</v>
+        <v>208</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="2" t="inlineStr">
         <is>
-          <t>Simon Fraser University</t>
+          <t>FGV EPGE, Rio de Janeiro</t>
         </is>
       </c>
       <c r="B200" s="2" t="n">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C200" s="2" t="n">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D200" s="2" t="n">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="E200" s="2" t="n">
-        <v>217</v>
+        <v>216</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="2" t="inlineStr">
         <is>
-          <t>University of Bologna</t>
+          <t>Ghent University</t>
         </is>
       </c>
       <c r="B201" s="2" t="n">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C201" s="2" t="n">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="D201" s="2" t="n">
         <v>200</v>
       </c>
       <c r="E201" s="2" t="n">
-        <v>193</v>
+        <v>188</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="2" t="inlineStr">
         <is>
-          <t>University of California, Riverside</t>
+          <t>Simon Fraser University</t>
         </is>
       </c>
       <c r="B202" s="2" t="n">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C202" s="2" t="n">
-        <v>64</v>
+        <v>54</v>
       </c>
       <c r="D202" s="2" t="n">
         <v>200</v>
       </c>
       <c r="E202" s="2" t="n">
-        <v>195</v>
+        <v>218</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="2" t="inlineStr">
         <is>
-          <t>Santa Clara University</t>
+          <t>University of Bologna</t>
         </is>
       </c>
       <c r="B203" s="2" t="n">
         <v>62</v>
       </c>
       <c r="C203" s="2" t="n">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="D203" s="2" t="n">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="E203" s="2" t="n">
-        <v>200</v>
+        <v>194</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="2" t="inlineStr">
         <is>
-          <t>Case Western Reserve University</t>
+          <t>University of California, Riverside</t>
         </is>
       </c>
       <c r="B204" s="2" t="n">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C204" s="2" t="n">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="D204" s="2" t="n">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="E204" s="2" t="n">
-        <v>191</v>
+        <v>196</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="2" t="inlineStr">
         <is>
-          <t>University of Exeter</t>
+          <t>Santa Clara University</t>
         </is>
       </c>
       <c r="B205" s="2" t="n">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="C205" s="2" t="n">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="D205" s="2" t="n">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="E205" s="2" t="n">
-        <v>209</v>
+        <v>201</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="2" t="inlineStr">
         <is>
-          <t>Baylor University</t>
+          <t>Case Western Reserve University</t>
         </is>
       </c>
       <c r="B206" s="2" t="n">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C206" s="2" t="n">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="D206" s="2" t="n">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E206" s="2" t="n">
-        <v>188</v>
+        <v>192</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="2" t="inlineStr">
         <is>
-          <t>Sichuan University</t>
+          <t>University of Exeter</t>
         </is>
       </c>
       <c r="B207" s="2" t="n">
         <v>60</v>
       </c>
       <c r="C207" s="2" t="n">
         <v>57</v>
       </c>
       <c r="D207" s="2" t="n">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="E207" s="2" t="n">
-        <v>209</v>
+        <v>210</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="2" t="inlineStr">
         <is>
-          <t>Washington State University</t>
+          <t>Baylor University</t>
         </is>
       </c>
       <c r="B208" s="2" t="n">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C208" s="2" t="n">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="D208" s="2" t="n">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="E208" s="2" t="n">
-        <v>195</v>
+        <v>189</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="2" t="inlineStr">
         <is>
-          <t>Yonsei University</t>
+          <t>Sichuan University</t>
         </is>
       </c>
       <c r="B209" s="2" t="n">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C209" s="2" t="n">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D209" s="2" t="n">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="E209" s="2" t="n">
-        <v>212</v>
+        <v>210</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="2" t="inlineStr">
         <is>
-          <t>University of Texas, Arlington</t>
+          <t>Yonsei University</t>
         </is>
       </c>
       <c r="B210" s="2" t="n">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C210" s="2" t="n">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="D210" s="2" t="n">
         <v>209</v>
       </c>
       <c r="E210" s="2" t="n">
-        <v>195</v>
+        <v>213</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="2" t="inlineStr">
         <is>
-          <t>Hebrew University of Jerusalem</t>
+          <t>Washington State University</t>
         </is>
       </c>
       <c r="B211" s="2" t="n">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C211" s="2" t="n">
-        <v>55</v>
+        <v>64</v>
       </c>
       <c r="D211" s="2" t="n">
         <v>209</v>
       </c>
       <c r="E211" s="2" t="n">
-        <v>215</v>
+        <v>196</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="2" t="inlineStr">
         <is>
-          <t>Nankai University</t>
+          <t>University of Texas, Arlington</t>
         </is>
       </c>
       <c r="B212" s="2" t="n">
         <v>58</v>
       </c>
       <c r="C212" s="2" t="n">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="D212" s="2" t="n">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="E212" s="2" t="n">
-        <v>222</v>
+        <v>196</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="2" t="inlineStr">
         <is>
-          <t>University of Technology Sydney</t>
+          <t>Nankai University</t>
         </is>
       </c>
       <c r="B213" s="2" t="n">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C213" s="2" t="n">
-        <v>70</v>
+        <v>52</v>
       </c>
       <c r="D213" s="2" t="n">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="E213" s="2" t="n">
-        <v>184</v>
+        <v>223</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="2" t="inlineStr">
         <is>
-          <t>Cardiff University</t>
+          <t>Hebrew University of Jerusalem</t>
         </is>
       </c>
       <c r="B214" s="2" t="n">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C214" s="2" t="n">
-        <v>64</v>
+        <v>55</v>
       </c>
       <c r="D214" s="2" t="n">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="E214" s="2" t="n">
-        <v>195</v>
+        <v>216</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="2" t="inlineStr">
         <is>
-          <t>University College Dublin</t>
+          <t>University of Technology Sydney</t>
         </is>
       </c>
       <c r="B215" s="2" t="n">
         <v>57</v>
       </c>
       <c r="C215" s="2" t="n">
-        <v>46</v>
+        <v>70</v>
       </c>
       <c r="D215" s="2" t="n">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="E215" s="2" t="n">
-        <v>238</v>
+        <v>185</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="2" t="inlineStr">
         <is>
-          <t>University of Utrecht</t>
+          <t>University College Dublin</t>
         </is>
       </c>
       <c r="B216" s="2" t="n">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C216" s="2" t="n">
-        <v>57</v>
+        <v>46</v>
       </c>
       <c r="D216" s="2" t="n">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="E216" s="2" t="n">
-        <v>209</v>
+        <v>240</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="2" t="inlineStr">
         <is>
-          <t>University of Durham</t>
+          <t>Cardiff University</t>
         </is>
       </c>
       <c r="B217" s="2" t="n">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C217" s="2" t="n">
-        <v>44</v>
+        <v>64</v>
       </c>
       <c r="D217" s="2" t="n">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="E217" s="2" t="n">
-        <v>245</v>
+        <v>196</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="2" t="inlineStr">
         <is>
           <t>University of Chile</t>
         </is>
       </c>
       <c r="B218" s="2" t="n">
         <v>56</v>
       </c>
       <c r="C218" s="2" t="n">
         <v>67</v>
       </c>
       <c r="D218" s="2" t="n">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="E218" s="2" t="n">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="2" t="inlineStr">
         <is>
-          <t>University of Wisconsin, Milwaukee</t>
+          <t>University of Durham</t>
         </is>
       </c>
       <c r="B219" s="2" t="n">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C219" s="2" t="n">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="D219" s="2" t="n">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="E219" s="2" t="n">
-        <v>226</v>
+        <v>247</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="2" t="inlineStr">
         <is>
-          <t>Deakin University</t>
+          <t>University of Utrecht</t>
         </is>
       </c>
       <c r="B220" s="2" t="n">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C220" s="2" t="n">
-        <v>45</v>
+        <v>57</v>
       </c>
       <c r="D220" s="2" t="n">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="E220" s="2" t="n">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="2" t="inlineStr">
         <is>
-          <t>Fordham University</t>
+          <t>University of Wisconsin, Milwaukee</t>
         </is>
       </c>
       <c r="B221" s="2" t="n">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C221" s="2" t="n">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="D221" s="2" t="n">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="E221" s="2" t="n">
-        <v>219</v>
+        <v>229</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="2" t="inlineStr">
         <is>
-          <t>New University of Lisbon (Nova)</t>
+          <t>Chapman University</t>
         </is>
       </c>
       <c r="B222" s="2" t="n">
         <v>54</v>
       </c>
       <c r="C222" s="2" t="n">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="D222" s="2" t="n">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="E222" s="2" t="n">
-        <v>238</v>
+        <v>223</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="2" t="inlineStr">
         <is>
-          <t>Bentley University</t>
+          <t>New University of Lisbon (Nova)</t>
         </is>
       </c>
       <c r="B223" s="2" t="n">
         <v>54</v>
       </c>
       <c r="C223" s="2" t="n">
-        <v>60</v>
+        <v>46</v>
       </c>
       <c r="D223" s="2" t="n">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="E223" s="2" t="n">
-        <v>203</v>
+        <v>240</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="2" t="inlineStr">
         <is>
-          <t>Beijing Institute of Technology</t>
+          <t>Bentley University</t>
         </is>
       </c>
       <c r="B224" s="2" t="n">
         <v>54</v>
       </c>
       <c r="C224" s="2" t="n">
-        <v>45</v>
+        <v>60</v>
       </c>
       <c r="D224" s="2" t="n">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="E224" s="2" t="n">
-        <v>240</v>
+        <v>204</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="2" t="inlineStr">
         <is>
-          <t>Chapman University</t>
+          <t>Deakin University</t>
         </is>
       </c>
       <c r="B225" s="2" t="n">
         <v>54</v>
       </c>
       <c r="C225" s="2" t="n">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="D225" s="2" t="n">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="E225" s="2" t="n">
-        <v>222</v>
+        <v>242</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="2" t="inlineStr">
         <is>
-          <t>University of Lugano</t>
+          <t>Fordham University</t>
         </is>
       </c>
       <c r="B226" s="2" t="n">
+        <v>54</v>
+      </c>
+      <c r="C226" s="2" t="n">
         <v>53</v>
       </c>
-      <c r="C226" s="2" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D226" s="2" t="n">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="E226" s="2" t="n">
-        <v>248</v>
+        <v>220</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="2" t="inlineStr">
         <is>
-          <t>Norwegian School of Economics</t>
+          <t>Beijing Institute of Technology</t>
         </is>
       </c>
       <c r="B227" s="2" t="n">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C227" s="2" t="n">
         <v>45</v>
       </c>
       <c r="D227" s="2" t="n">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="E227" s="2" t="n">
-        <v>240</v>
+        <v>242</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="2" t="inlineStr">
         <is>
           <t>University of Toulouse / Toulouse School of Economics</t>
         </is>
       </c>
       <c r="B228" s="2" t="n">
         <v>53</v>
       </c>
       <c r="C228" s="2" t="n">
         <v>47</v>
       </c>
       <c r="D228" s="2" t="n">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="E228" s="2" t="n">
-        <v>233</v>
+        <v>235</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="2" t="inlineStr">
         <is>
-          <t>University of Geneva</t>
+          <t>University of Lugano</t>
         </is>
       </c>
       <c r="B229" s="2" t="n">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C229" s="2" t="n">
-        <v>53</v>
+        <v>43</v>
       </c>
       <c r="D229" s="2" t="n">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="E229" s="2" t="n">
-        <v>219</v>
+        <v>250</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="2" t="inlineStr">
         <is>
-          <t>University of Nottingham</t>
+          <t>Norwegian School of Economics</t>
         </is>
       </c>
       <c r="B230" s="2" t="n">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C230" s="2" t="n">
-        <v>58</v>
+        <v>45</v>
       </c>
       <c r="D230" s="2" t="n">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="E230" s="2" t="n">
-        <v>207</v>
+        <v>242</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="2" t="inlineStr">
         <is>
-          <t>Mcmaster University</t>
+          <t>University of North Carolina, Charlotte</t>
         </is>
       </c>
       <c r="B231" s="2" t="n">
         <v>52</v>
       </c>
       <c r="C231" s="2" t="n">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="D231" s="2" t="n">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="E231" s="2" t="n">
-        <v>245</v>
+        <v>258</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="2" t="inlineStr">
         <is>
-          <t>University of North Carolina, Charlotte</t>
+          <t>University of Nottingham</t>
         </is>
       </c>
       <c r="B232" s="2" t="n">
         <v>52</v>
       </c>
       <c r="C232" s="2" t="n">
-        <v>40</v>
+        <v>58</v>
       </c>
       <c r="D232" s="2" t="n">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="E232" s="2" t="n">
-        <v>256</v>
+        <v>208</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="2" t="inlineStr">
         <is>
-          <t>University of Southern Denmark</t>
+          <t>Mcmaster University</t>
         </is>
       </c>
       <c r="B233" s="2" t="n">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C233" s="2" t="n">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="D233" s="2" t="n">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="E233" s="2" t="n">
-        <v>230</v>
+        <v>247</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="2" t="inlineStr">
         <is>
-          <t>Technical University of Berlin</t>
+          <t>University of Geneva</t>
         </is>
       </c>
       <c r="B234" s="2" t="n">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C234" s="2" t="n">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="D234" s="2" t="n">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="E234" s="2" t="n">
-        <v>233</v>
+        <v>220</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="2" t="inlineStr">
         <is>
-          <t>Oregon State University</t>
+          <t>University of Southern Denmark</t>
         </is>
       </c>
       <c r="B235" s="2" t="n">
         <v>51</v>
       </c>
       <c r="C235" s="2" t="n">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="D235" s="2" t="n">
+        <v>234</v>
+      </c>
+      <c r="E235" s="2" t="n">
         <v>232</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="2" t="inlineStr">
         <is>
           <t>University of Southampton</t>
         </is>
       </c>
       <c r="B236" s="2" t="n">
         <v>51</v>
       </c>
       <c r="C236" s="2" t="n">
         <v>47</v>
       </c>
       <c r="D236" s="2" t="n">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="E236" s="2" t="n">
-        <v>233</v>
+        <v>235</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="2" t="inlineStr">
         <is>
-          <t>Concordia University</t>
+          <t>Oregon State University</t>
         </is>
       </c>
       <c r="B237" s="2" t="n">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C237" s="2" t="n">
         <v>52</v>
       </c>
       <c r="D237" s="2" t="n">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="E237" s="2" t="n">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="2" t="inlineStr">
         <is>
-          <t>University of Calgary</t>
+          <t>Technical University of Berlin</t>
         </is>
       </c>
       <c r="B238" s="2" t="n">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C238" s="2" t="n">
-        <v>61</v>
+        <v>47</v>
       </c>
       <c r="D238" s="2" t="n">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="E238" s="2" t="n">
-        <v>200</v>
+        <v>235</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="2" t="inlineStr">
         <is>
-          <t>Virginia Commonwealth University</t>
+          <t>University of Calgary</t>
         </is>
       </c>
       <c r="B239" s="2" t="n">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C239" s="2" t="n">
-        <v>47</v>
+        <v>61</v>
       </c>
       <c r="D239" s="2" t="n">
         <v>238</v>
       </c>
       <c r="E239" s="2" t="n">
-        <v>233</v>
+        <v>201</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="2" t="inlineStr">
         <is>
-          <t>University of Padua</t>
+          <t>Concordia University</t>
         </is>
       </c>
       <c r="B240" s="2" t="n">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C240" s="2" t="n">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="D240" s="2" t="n">
         <v>238</v>
       </c>
       <c r="E240" s="2" t="n">
-        <v>245</v>
+        <v>223</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="2" t="inlineStr">
         <is>
-          <t>Villanova University</t>
+          <t>Virginia Commonwealth University</t>
         </is>
       </c>
       <c r="B241" s="2" t="n">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C241" s="2" t="n">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="D241" s="2" t="n">
         <v>240</v>
       </c>
       <c r="E241" s="2" t="n">
-        <v>232</v>
+        <v>235</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="2" t="inlineStr">
         <is>
-          <t>Delft University of Technology</t>
+          <t>University of Padua</t>
         </is>
       </c>
       <c r="B242" s="2" t="n">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C242" s="2" t="n">
-        <v>54</v>
+        <v>44</v>
       </c>
       <c r="D242" s="2" t="n">
         <v>240</v>
       </c>
       <c r="E242" s="2" t="n">
-        <v>217</v>
+        <v>247</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="2" t="inlineStr">
         <is>
-          <t>University of Antwerp</t>
+          <t>Delft University of Technology</t>
         </is>
       </c>
       <c r="B243" s="2" t="n">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C243" s="2" t="n">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="D243" s="2" t="n">
         <v>242</v>
       </c>
       <c r="E243" s="2" t="n">
-        <v>250</v>
+        <v>218</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="2" t="inlineStr">
         <is>
-          <t>University of Victoria</t>
+          <t>Villanova University</t>
         </is>
       </c>
       <c r="B244" s="2" t="n">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C244" s="2" t="n">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="D244" s="2" t="n">
         <v>242</v>
       </c>
       <c r="E244" s="2" t="n">
-        <v>240</v>
+        <v>234</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="2" t="inlineStr">
         <is>
-          <t>University of Oslo</t>
+          <t>Rwth Aachen University</t>
         </is>
       </c>
       <c r="B245" s="2" t="n">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C245" s="2" t="n">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="D245" s="2" t="n">
         <v>244</v>
       </c>
       <c r="E245" s="2" t="n">
-        <v>256</v>
+        <v>227</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="2" t="inlineStr">
         <is>
-          <t>Colorado State University</t>
+          <t>University of Antwerp</t>
         </is>
       </c>
       <c r="B246" s="2" t="n">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C246" s="2" t="n">
-        <v>53</v>
+        <v>42</v>
       </c>
       <c r="D246" s="2" t="n">
         <v>244</v>
       </c>
       <c r="E246" s="2" t="n">
-        <v>219</v>
+        <v>252</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="2" t="inlineStr">
         <is>
-          <t>Technical University of Denmark</t>
+          <t>University of Victoria</t>
         </is>
       </c>
       <c r="B247" s="2" t="n">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C247" s="2" t="n">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="D247" s="2" t="n">
         <v>244</v>
       </c>
       <c r="E247" s="2" t="n">
-        <v>253</v>
+        <v>242</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="2" t="inlineStr">
         <is>
-          <t>Rwth Aachen University</t>
+          <t>University of Ottawa</t>
         </is>
       </c>
       <c r="B248" s="2" t="n">
         <v>46</v>
       </c>
       <c r="C248" s="2" t="n">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="D248" s="2" t="n">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="E248" s="2" t="n">
-        <v>226</v>
+        <v>258</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="2" t="inlineStr">
         <is>
-          <t>University of Ottawa</t>
+          <t>Technical University of Denmark</t>
         </is>
       </c>
       <c r="B249" s="2" t="n">
         <v>46</v>
       </c>
       <c r="C249" s="2" t="n">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D249" s="2" t="n">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="E249" s="2" t="n">
-        <v>256</v>
+        <v>255</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="2" t="inlineStr">
         <is>
-          <t>University of Gothenburg</t>
+          <t>Colorado State University</t>
         </is>
       </c>
       <c r="B250" s="2" t="n">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C250" s="2" t="n">
-        <v>40</v>
+        <v>53</v>
       </c>
       <c r="D250" s="2" t="n">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="E250" s="2" t="n">
-        <v>256</v>
+        <v>220</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="2" t="inlineStr">
         <is>
-          <t>University of Colorado, Denver</t>
+          <t>University of Oslo</t>
         </is>
       </c>
       <c r="B251" s="2" t="n">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C251" s="2" t="n">
         <v>40</v>
       </c>
       <c r="D251" s="2" t="n">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="E251" s="2" t="n">
-        <v>256</v>
+        <v>258</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="2" t="inlineStr">
         <is>
-          <t>University of Sussex</t>
+          <t>University of Gothenburg</t>
         </is>
       </c>
       <c r="B252" s="2" t="n">
         <v>45</v>
       </c>
       <c r="C252" s="2" t="n">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="D252" s="2" t="n">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="E252" s="2" t="n">
-        <v>279</v>
+        <v>258</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="2" t="inlineStr">
         <is>
-          <t>University of Bristol</t>
+          <t>University of Sussex</t>
         </is>
       </c>
       <c r="B253" s="2" t="n">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C253" s="2" t="n">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="D253" s="2" t="n">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="E253" s="2" t="n">
-        <v>250</v>
+        <v>281</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="2" t="inlineStr">
         <is>
-          <t>University of New Mexico</t>
+          <t>University of Colorado, Denver</t>
         </is>
       </c>
       <c r="B254" s="2" t="n">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C254" s="2" t="n">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="D254" s="2" t="n">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="E254" s="2" t="n">
-        <v>279</v>
+        <v>258</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="2" t="inlineStr">
         <is>
-          <t>Macquarie University</t>
+          <t>University of Bristol</t>
         </is>
       </c>
       <c r="B255" s="2" t="n">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C255" s="2" t="n">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="D255" s="2" t="n">
         <v>254</v>
       </c>
       <c r="E255" s="2" t="n">
-        <v>266</v>
+        <v>252</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="2" t="inlineStr">
         <is>
-          <t>University of York</t>
+          <t>University of New Mexico</t>
         </is>
       </c>
       <c r="B256" s="2" t="n">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C256" s="2" t="n">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D256" s="2" t="n">
         <v>254</v>
       </c>
       <c r="E256" s="2" t="n">
-        <v>256</v>
+        <v>281</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="2" t="inlineStr">
         <is>
-          <t>University of Twente</t>
+          <t>Macquarie University</t>
         </is>
       </c>
       <c r="B257" s="2" t="n">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C257" s="2" t="n">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="D257" s="2" t="n">
         <v>256</v>
       </c>
       <c r="E257" s="2" t="n">
-        <v>240</v>
+        <v>268</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="2" t="inlineStr">
         <is>
-          <t>University of Bonn</t>
+          <t>University of York</t>
         </is>
       </c>
       <c r="B258" s="2" t="n">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C258" s="2" t="n">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="D258" s="2" t="n">
         <v>256</v>
       </c>
       <c r="E258" s="2" t="n">
-        <v>291</v>
+        <v>258</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="2" t="inlineStr">
         <is>
-          <t>University of Erlangen-Nurnberg</t>
+          <t>University of Bonn</t>
         </is>
       </c>
       <c r="B259" s="2" t="n">
         <v>42</v>
       </c>
       <c r="C259" s="2" t="n">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="D259" s="2" t="n">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="E259" s="2" t="n">
-        <v>276</v>
+        <v>293</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="2" t="inlineStr">
         <is>
           <t>Catholic University of Portugal</t>
         </is>
       </c>
       <c r="B260" s="2" t="n">
         <v>42</v>
       </c>
       <c r="C260" s="2" t="n">
         <v>49</v>
       </c>
       <c r="D260" s="2" t="n">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="E260" s="2" t="n">
-        <v>230</v>
+        <v>232</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="2" t="inlineStr">
         <is>
-          <t>University of Haifa</t>
+          <t>University of Twente</t>
         </is>
       </c>
       <c r="B261" s="2" t="n">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C261" s="2" t="n">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="D261" s="2" t="n">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="E261" s="2" t="n">
-        <v>226</v>
+        <v>242</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="2" t="inlineStr">
         <is>
-          <t>Wilfrid Laurier University</t>
+          <t>University of Erlangen-Nurnberg</t>
         </is>
       </c>
       <c r="B262" s="2" t="n">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C262" s="2" t="n">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="D262" s="2" t="n">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="E262" s="2" t="n">
-        <v>233</v>
+        <v>278</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="2" t="inlineStr">
         <is>
-          <t>Korea University</t>
+          <t>University of Haifa</t>
         </is>
       </c>
       <c r="B263" s="2" t="n">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C263" s="2" t="n">
         <v>50</v>
       </c>
       <c r="D263" s="2" t="n">
         <v>262</v>
       </c>
       <c r="E263" s="2" t="n">
-        <v>226</v>
+        <v>229</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="2" t="inlineStr">
         <is>
-          <t>Lingnan University</t>
+          <t>Wilfrid Laurier University</t>
         </is>
       </c>
       <c r="B264" s="2" t="n">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C264" s="2" t="n">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="D264" s="2" t="n">
         <v>262</v>
       </c>
       <c r="E264" s="2" t="n">
-        <v>270</v>
+        <v>235</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="2" t="inlineStr">
         <is>
           <t>California State University, Fullerton</t>
         </is>
       </c>
       <c r="B265" s="2" t="n">
         <v>40</v>
       </c>
       <c r="C265" s="2" t="n">
         <v>37</v>
       </c>
       <c r="D265" s="2" t="n">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="E265" s="2" t="n">
-        <v>270</v>
+        <v>272</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="2" t="inlineStr">
         <is>
           <t>Pompeu Fabra University</t>
         </is>
       </c>
       <c r="B266" s="2" t="n">
         <v>40</v>
       </c>
       <c r="C266" s="2" t="n">
         <v>42</v>
       </c>
       <c r="D266" s="2" t="n">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="E266" s="2" t="n">
-        <v>250</v>
+        <v>252</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="2" t="inlineStr">
         <is>
-          <t>University of Luxemburg</t>
+          <t>Lingnan University</t>
         </is>
       </c>
       <c r="B267" s="2" t="n">
         <v>40</v>
       </c>
       <c r="C267" s="2" t="n">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D267" s="2" t="n">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="E267" s="2" t="n">
-        <v>266</v>
+        <v>272</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="2" t="inlineStr">
         <is>
-          <t>National Chengchi University</t>
+          <t>Korea University</t>
         </is>
       </c>
       <c r="B268" s="2" t="n">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C268" s="2" t="n">
-        <v>34</v>
+        <v>50</v>
       </c>
       <c r="D268" s="2" t="n">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="E268" s="2" t="n">
-        <v>279</v>
+        <v>229</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="2" t="inlineStr">
         <is>
-          <t>Wuhan University</t>
+          <t>University of Luxemburg</t>
         </is>
       </c>
       <c r="B269" s="2" t="n">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C269" s="2" t="n">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="D269" s="2" t="n">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="E269" s="2" t="n">
-        <v>279</v>
+        <v>268</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="2" t="inlineStr">
         <is>
           <t>Radboud University Nijmegen</t>
         </is>
       </c>
       <c r="B270" s="2" t="n">
         <v>39</v>
       </c>
       <c r="C270" s="2" t="n">
         <v>34</v>
       </c>
       <c r="D270" s="2" t="n">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="E270" s="2" t="n">
-        <v>279</v>
+        <v>281</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="2" t="inlineStr">
         <is>
-          <t>Wake Forest University</t>
+          <t>National Chengchi University</t>
         </is>
       </c>
       <c r="B271" s="2" t="n">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C271" s="2" t="n">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="D271" s="2" t="n">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="E271" s="2" t="n">
-        <v>266</v>
+        <v>281</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="2" t="inlineStr">
         <is>
-          <t>Jinan University</t>
+          <t>Wuhan University</t>
         </is>
       </c>
       <c r="B272" s="2" t="n">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C272" s="2" t="n">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="D272" s="2" t="n">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="E272" s="2" t="n">
-        <v>264</v>
+        <v>281</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="2" t="inlineStr">
         <is>
           <t>Lund University</t>
         </is>
       </c>
       <c r="B273" s="2" t="n">
         <v>38</v>
       </c>
       <c r="C273" s="2" t="n">
         <v>32</v>
       </c>
       <c r="D273" s="2" t="n">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="E273" s="2" t="n">
-        <v>291</v>
+        <v>293</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="2" t="inlineStr">
         <is>
-          <t>Portland State University</t>
+          <t>Jinan University</t>
         </is>
       </c>
       <c r="B274" s="2" t="n">
         <v>38</v>
       </c>
       <c r="C274" s="2" t="n">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="D274" s="2" t="n">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="E274" s="2" t="n">
-        <v>248</v>
+        <v>266</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="2" t="inlineStr">
         <is>
-          <t>Technical University of Karlsruhe</t>
+          <t>Wake Forest University</t>
         </is>
       </c>
       <c r="B275" s="2" t="n">
         <v>38</v>
       </c>
       <c r="C275" s="2" t="n">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D275" s="2" t="n">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="E275" s="2" t="n">
-        <v>270</v>
+        <v>268</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="2" t="inlineStr">
         <is>
-          <t>University of Sheffield</t>
+          <t>Portland State University</t>
         </is>
       </c>
       <c r="B276" s="2" t="n">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C276" s="2" t="n">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="D276" s="2" t="n">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="E276" s="2" t="n">
-        <v>288</v>
+        <v>250</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="2" t="inlineStr">
         <is>
-          <t>Queen Mary, University of London</t>
+          <t>Technical University of Karlsruhe</t>
         </is>
       </c>
       <c r="B277" s="2" t="n">
+        <v>38</v>
+      </c>
+      <c r="C277" s="2" t="n">
         <v>37</v>
       </c>
-      <c r="C277" s="2" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D277" s="2" t="n">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="E277" s="2" t="n">
-        <v>306</v>
+        <v>272</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="2" t="inlineStr">
         <is>
-          <t>University of Memphis</t>
+          <t>University of Sheffield</t>
         </is>
       </c>
       <c r="B278" s="2" t="n">
         <v>37</v>
       </c>
       <c r="C278" s="2" t="n">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="D278" s="2" t="n">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="E278" s="2" t="n">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="2" t="inlineStr">
         <is>
-          <t>University of North Carolina, Greensboro</t>
+          <t>Florida Atlantic University</t>
         </is>
       </c>
       <c r="B279" s="2" t="n">
         <v>37</v>
       </c>
       <c r="C279" s="2" t="n">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D279" s="2" t="n">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="E279" s="2" t="n">
-        <v>276</v>
+        <v>277</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="2" t="inlineStr">
         <is>
-          <t>Dortmund University of Technology</t>
+          <t>University of North Carolina, Greensboro</t>
         </is>
       </c>
       <c r="B280" s="2" t="n">
         <v>37</v>
       </c>
       <c r="C280" s="2" t="n">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="D280" s="2" t="n">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="E280" s="2" t="n">
-        <v>311</v>
+        <v>278</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="2" t="inlineStr">
         <is>
-          <t>California Institute of Technology</t>
+          <t>University of Memphis</t>
         </is>
       </c>
       <c r="B281" s="2" t="n">
         <v>37</v>
       </c>
       <c r="C281" s="2" t="n">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="D281" s="2" t="n">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="E281" s="2" t="n">
-        <v>256</v>
+        <v>272</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="2" t="inlineStr">
         <is>
-          <t>Florida Atlantic University</t>
+          <t>Dortmund University of Technology</t>
         </is>
       </c>
       <c r="B282" s="2" t="n">
         <v>37</v>
       </c>
       <c r="C282" s="2" t="n">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="D282" s="2" t="n">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="E282" s="2" t="n">
-        <v>275</v>
+        <v>314</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="2" t="inlineStr">
         <is>
-          <t>Rmit University</t>
+          <t>California Institute of Technology</t>
         </is>
       </c>
       <c r="B283" s="2" t="n">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C283" s="2" t="n">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="D283" s="2" t="n">
-        <v>282</v>
+        <v>277</v>
       </c>
       <c r="E283" s="2" t="n">
-        <v>266</v>
+        <v>258</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="2" t="inlineStr">
         <is>
-          <t>University of Nevada, Las Vegas</t>
+          <t>Queen Mary, University of London</t>
         </is>
       </c>
       <c r="B284" s="2" t="n">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C284" s="2" t="n">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D284" s="2" t="n">
-        <v>282</v>
+        <v>277</v>
       </c>
       <c r="E284" s="2" t="n">
-        <v>311</v>
+        <v>308</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="2" t="inlineStr">
         <is>
-          <t>University of Copenhagen</t>
+          <t>University of Nevada, Las Vegas</t>
         </is>
       </c>
       <c r="B285" s="2" t="n">
         <v>36</v>
       </c>
       <c r="C285" s="2" t="n">
-        <v>37</v>
+        <v>28</v>
       </c>
       <c r="D285" s="2" t="n">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="E285" s="2" t="n">
-        <v>270</v>
+        <v>314</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="2" t="inlineStr">
         <is>
           <t>University Laval</t>
         </is>
       </c>
       <c r="B286" s="2" t="n">
         <v>36</v>
       </c>
       <c r="C286" s="2" t="n">
         <v>34</v>
       </c>
       <c r="D286" s="2" t="n">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="E286" s="2" t="n">
-        <v>279</v>
+        <v>281</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="2" t="inlineStr">
         <is>
-          <t>San Diego State University</t>
+          <t>Munster University</t>
         </is>
       </c>
       <c r="B287" s="2" t="n">
         <v>36</v>
       </c>
       <c r="C287" s="2" t="n">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="D287" s="2" t="n">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="E287" s="2" t="n">
-        <v>279</v>
+        <v>299</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="2" t="inlineStr">
         <is>
-          <t>Munster University</t>
+          <t>University of Copenhagen</t>
         </is>
       </c>
       <c r="B288" s="2" t="n">
         <v>36</v>
       </c>
       <c r="C288" s="2" t="n">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="D288" s="2" t="n">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="E288" s="2" t="n">
-        <v>297</v>
+        <v>272</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="2" t="inlineStr">
         <is>
-          <t>Wayne State University</t>
+          <t>San Diego State University</t>
         </is>
       </c>
       <c r="B289" s="2" t="n">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C289" s="2" t="n">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D289" s="2" t="n">
-        <v>288</v>
+        <v>284</v>
       </c>
       <c r="E289" s="2" t="n">
-        <v>256</v>
+        <v>281</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="2" t="inlineStr">
         <is>
-          <t>West Virginia University</t>
+          <t>Rmit University</t>
         </is>
       </c>
       <c r="B290" s="2" t="n">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C290" s="2" t="n">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="D290" s="2" t="n">
-        <v>288</v>
+        <v>284</v>
       </c>
       <c r="E290" s="2" t="n">
-        <v>301</v>
+        <v>268</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="2" t="inlineStr">
         <is>
-          <t>Stockholm University</t>
+          <t>Wayne State University</t>
         </is>
       </c>
       <c r="B291" s="2" t="n">
         <v>35</v>
       </c>
       <c r="C291" s="2" t="n">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="D291" s="2" t="n">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="E291" s="2" t="n">
-        <v>306</v>
+        <v>258</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="2" t="inlineStr">
         <is>
-          <t>University of Gottingen</t>
+          <t>West Virginia University</t>
         </is>
       </c>
       <c r="B292" s="2" t="n">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C292" s="2" t="n">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="D292" s="2" t="n">
-        <v>291</v>
+        <v>290</v>
       </c>
       <c r="E292" s="2" t="n">
-        <v>324</v>
+        <v>303</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="2" t="inlineStr">
         <is>
-          <t>Universite Catholique de Louvain</t>
+          <t>Stockholm University</t>
         </is>
       </c>
       <c r="B293" s="2" t="n">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C293" s="2" t="n">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D293" s="2" t="n">
-        <v>291</v>
+        <v>290</v>
       </c>
       <c r="E293" s="2" t="n">
-        <v>317</v>
+        <v>308</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="2" t="inlineStr">
         <is>
-          <t>University of Bern</t>
+          <t>Universite Catholique de Louvain</t>
         </is>
       </c>
       <c r="B294" s="2" t="n">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C294" s="2" t="n">
-        <v>39</v>
+        <v>27</v>
       </c>
       <c r="D294" s="2" t="n">
         <v>293</v>
       </c>
       <c r="E294" s="2" t="n">
-        <v>264</v>
+        <v>320</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="2" t="inlineStr">
         <is>
-          <t>Kth Royal Institute of Technology</t>
+          <t>University of Gottingen</t>
         </is>
       </c>
       <c r="B295" s="2" t="n">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C295" s="2" t="n">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="D295" s="2" t="n">
         <v>293</v>
       </c>
       <c r="E295" s="2" t="n">
-        <v>301</v>
+        <v>327</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="2" t="inlineStr">
         <is>
           <t>Chongqing University</t>
         </is>
       </c>
       <c r="B296" s="2" t="n">
         <v>33</v>
       </c>
       <c r="C296" s="2" t="n">
         <v>27</v>
       </c>
       <c r="D296" s="2" t="n">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="E296" s="2" t="n">
-        <v>317</v>
+        <v>320</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="2" t="inlineStr">
         <is>
-          <t>Pontificial Catholic University of Chile</t>
+          <t>University of Western Australia</t>
         </is>
       </c>
       <c r="B297" s="2" t="n">
         <v>33</v>
       </c>
       <c r="C297" s="2" t="n">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="D297" s="2" t="n">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="E297" s="2" t="n">
-        <v>297</v>
+        <v>320</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="2" t="inlineStr">
         <is>
-          <t>University of Western Australia</t>
+          <t>Pontificial Catholic University of Chile</t>
         </is>
       </c>
       <c r="B298" s="2" t="n">
         <v>33</v>
       </c>
       <c r="C298" s="2" t="n">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="D298" s="2" t="n">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="E298" s="2" t="n">
-        <v>317</v>
+        <v>299</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="2" t="inlineStr">
         <is>
-          <t>Roskilde University</t>
+          <t>Kth Royal Institute of Technology</t>
         </is>
       </c>
       <c r="B299" s="2" t="n">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C299" s="2" t="n">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="D299" s="2" t="n">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="E299" s="2" t="n">
-        <v>337</v>
+        <v>303</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="2" t="inlineStr">
         <is>
-          <t>University of Denver</t>
+          <t>University of Bern</t>
         </is>
       </c>
       <c r="B300" s="2" t="n">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C300" s="2" t="n">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="D300" s="2" t="n">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="E300" s="2" t="n">
-        <v>343</v>
+        <v>266</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="2" t="inlineStr">
         <is>
-          <t>Depaul University</t>
+          <t>University of Mississippi</t>
         </is>
       </c>
       <c r="B301" s="2" t="n">
         <v>32</v>
       </c>
       <c r="C301" s="2" t="n">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="D301" s="2" t="n">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="E301" s="2" t="n">
-        <v>301</v>
+        <v>293</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="2" t="inlineStr">
         <is>
-          <t>University of Macau</t>
+          <t>Libera Universita Guido Carli</t>
         </is>
       </c>
       <c r="B302" s="2" t="n">
         <v>32</v>
       </c>
       <c r="C302" s="2" t="n">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="D302" s="2" t="n">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="E302" s="2" t="n">
-        <v>330</v>
+        <v>293</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="2" t="inlineStr">
         <is>
-          <t>Libera Universita Guido Carli</t>
+          <t>University of Denver</t>
         </is>
       </c>
       <c r="B303" s="2" t="n">
         <v>32</v>
       </c>
       <c r="C303" s="2" t="n">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="D303" s="2" t="n">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="E303" s="2" t="n">
-        <v>291</v>
+        <v>348</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="2" t="inlineStr">
         <is>
-          <t>University of Quebec</t>
+          <t>University of Macau</t>
         </is>
       </c>
       <c r="B304" s="2" t="n">
         <v>32</v>
       </c>
       <c r="C304" s="2" t="n">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="D304" s="2" t="n">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="E304" s="2" t="n">
-        <v>311</v>
+        <v>334</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="2" t="inlineStr">
         <is>
-          <t>Charles University, Prague</t>
+          <t>Roskilde University</t>
         </is>
       </c>
       <c r="B305" s="2" t="n">
         <v>32</v>
       </c>
       <c r="C305" s="2" t="n">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="D305" s="2" t="n">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="E305" s="2" t="n">
-        <v>276</v>
+        <v>341</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="2" t="inlineStr">
         <is>
-          <t>University of Mississippi</t>
+          <t>Charles University, Prague</t>
         </is>
       </c>
       <c r="B306" s="2" t="n">
         <v>32</v>
       </c>
       <c r="C306" s="2" t="n">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="D306" s="2" t="n">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="E306" s="2" t="n">
-        <v>291</v>
+        <v>278</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="2" t="inlineStr">
         <is>
-          <t>University of Massachusetts, Lowell</t>
+          <t>Depaul University</t>
         </is>
       </c>
       <c r="B307" s="2" t="n">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C307" s="2" t="n">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="D307" s="2" t="n">
-        <v>306</v>
+        <v>300</v>
       </c>
       <c r="E307" s="2" t="n">
-        <v>288</v>
+        <v>303</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="2" t="inlineStr">
         <is>
-          <t>Universidad Carlos III de Madrid</t>
+          <t>University of Quebec</t>
         </is>
       </c>
       <c r="B308" s="2" t="n">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C308" s="2" t="n">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="D308" s="2" t="n">
-        <v>306</v>
+        <v>300</v>
       </c>
       <c r="E308" s="2" t="n">
-        <v>343</v>
+        <v>314</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="2" t="inlineStr">
         <is>
           <t>University of Glasgow</t>
         </is>
       </c>
       <c r="B309" s="2" t="n">
         <v>31</v>
       </c>
       <c r="C309" s="2" t="n">
         <v>32</v>
       </c>
       <c r="D309" s="2" t="n">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="E309" s="2" t="n">
-        <v>291</v>
+        <v>293</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="2" t="inlineStr">
         <is>
-          <t>Universite Libre de Bruxelles</t>
+          <t>Universidad Carlos III de Madrid</t>
         </is>
       </c>
       <c r="B310" s="2" t="n">
         <v>31</v>
       </c>
       <c r="C310" s="2" t="n">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="D310" s="2" t="n">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="E310" s="2" t="n">
-        <v>301</v>
+        <v>348</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="2" t="inlineStr">
         <is>
-          <t>University of Reading</t>
+          <t>Universite Libre de Bruxelles</t>
         </is>
       </c>
       <c r="B311" s="2" t="n">
+        <v>31</v>
+      </c>
+      <c r="C311" s="2" t="n">
         <v>30</v>
       </c>
-      <c r="C311" s="2" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D311" s="2" t="n">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="E311" s="2" t="n">
-        <v>297</v>
+        <v>303</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="2" t="inlineStr">
         <is>
-          <t>University of Innsbruck</t>
+          <t>University of Massachusetts, Lowell</t>
         </is>
       </c>
       <c r="B312" s="2" t="n">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C312" s="2" t="n">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D312" s="2" t="n">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="E312" s="2" t="n">
-        <v>365</v>
+        <v>290</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="2" t="inlineStr">
         <is>
-          <t>Eotvos Lorand University</t>
+          <t>University of Innsbruck</t>
         </is>
       </c>
       <c r="B313" s="2" t="n">
         <v>30</v>
       </c>
       <c r="C313" s="2" t="n">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="D313" s="2" t="n">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="E313" s="2" t="n">
-        <v>330</v>
+        <v>371</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="2" t="inlineStr">
         <is>
-          <t>Humboldt University of Berlin</t>
+          <t>Eotvos Lorand University</t>
         </is>
       </c>
       <c r="B314" s="2" t="n">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C314" s="2" t="n">
         <v>25</v>
       </c>
       <c r="D314" s="2" t="n">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="E314" s="2" t="n">
-        <v>330</v>
+        <v>334</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="2" t="inlineStr">
         <is>
-          <t>University of Lisbon</t>
+          <t>University of Reading</t>
         </is>
       </c>
       <c r="B315" s="2" t="n">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C315" s="2" t="n">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="D315" s="2" t="n">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="E315" s="2" t="n">
-        <v>279</v>
+        <v>299</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="2" t="inlineStr">
         <is>
-          <t>University of Turku</t>
+          <t>Humboldt University of Berlin</t>
         </is>
       </c>
       <c r="B316" s="2" t="n">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C316" s="2" t="n">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="D316" s="2" t="n">
         <v>315</v>
       </c>
       <c r="E316" s="2" t="n">
-        <v>288</v>
+        <v>334</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="2" t="inlineStr">
         <is>
-          <t>University of Duisburg-Essen</t>
+          <t>University of Lisbon</t>
         </is>
       </c>
       <c r="B317" s="2" t="n">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C317" s="2" t="n">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="D317" s="2" t="n">
         <v>315</v>
       </c>
       <c r="E317" s="2" t="n">
-        <v>337</v>
+        <v>281</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="2" t="inlineStr">
         <is>
           <t>University of Dayton</t>
         </is>
       </c>
       <c r="B318" s="2" t="n">
         <v>28</v>
       </c>
       <c r="C318" s="2" t="n">
         <v>29</v>
       </c>
       <c r="D318" s="2" t="n">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="E318" s="2" t="n">
-        <v>306</v>
+        <v>308</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="2" t="inlineStr">
         <is>
-          <t>Loughborough University</t>
+          <t>University of Duisburg-Essen</t>
         </is>
       </c>
       <c r="B319" s="2" t="n">
         <v>28</v>
       </c>
       <c r="C319" s="2" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="D319" s="2" t="n">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="E319" s="2" t="n">
-        <v>330</v>
+        <v>341</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="2" t="inlineStr">
         <is>
-          <t>University of Surrey</t>
+          <t>Loughborough University</t>
         </is>
       </c>
       <c r="B320" s="2" t="n">
         <v>28</v>
       </c>
       <c r="C320" s="2" t="n">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="D320" s="2" t="n">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="E320" s="2" t="n">
-        <v>317</v>
+        <v>334</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="2" t="inlineStr">
         <is>
-          <t>University of Essex</t>
+          <t>University of Surrey</t>
         </is>
       </c>
       <c r="B321" s="2" t="n">
+        <v>28</v>
+      </c>
+      <c r="C321" s="2" t="n">
         <v>27</v>
       </c>
-      <c r="C321" s="2" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D321" s="2" t="n">
+        <v>317</v>
+      </c>
+      <c r="E321" s="2" t="n">
         <v>320</v>
-      </c>
-[...1 lines deleted...]
-        <v>337</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="2" t="inlineStr">
         <is>
-          <t>Kennesaw State University</t>
+          <t>University of Turku</t>
         </is>
       </c>
       <c r="B322" s="2" t="n">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C322" s="2" t="n">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="D322" s="2" t="n">
-        <v>320</v>
+        <v>317</v>
       </c>
       <c r="E322" s="2" t="n">
-        <v>297</v>
+        <v>290</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="2" t="inlineStr">
         <is>
-          <t>Northwestern Polytechnical University</t>
+          <t>Newcastle University</t>
         </is>
       </c>
       <c r="B323" s="2" t="n">
         <v>27</v>
       </c>
       <c r="C323" s="2" t="n">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D323" s="2" t="n">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="E323" s="2" t="n">
-        <v>357</v>
+        <v>327</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="2" t="inlineStr">
         <is>
-          <t>University of Adelaide</t>
+          <t>University of Manitoba</t>
         </is>
       </c>
       <c r="B324" s="2" t="n">
         <v>27</v>
       </c>
       <c r="C324" s="2" t="n">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="D324" s="2" t="n">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="E324" s="2" t="n">
-        <v>343</v>
+        <v>334</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="2" t="inlineStr">
         <is>
           <t>University of Bremen</t>
         </is>
       </c>
       <c r="B325" s="2" t="n">
         <v>27</v>
       </c>
       <c r="C325" s="2" t="n">
         <v>26</v>
       </c>
       <c r="D325" s="2" t="n">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="E325" s="2" t="n">
-        <v>324</v>
+        <v>327</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="2" t="inlineStr">
         <is>
-          <t>University of Manitoba</t>
+          <t>Northwestern Polytechnical University</t>
         </is>
       </c>
       <c r="B326" s="2" t="n">
         <v>27</v>
       </c>
       <c r="C326" s="2" t="n">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D326" s="2" t="n">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="E326" s="2" t="n">
-        <v>330</v>
+        <v>363</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="2" t="inlineStr">
         <is>
-          <t>Aalborg University</t>
+          <t>University of Adelaide</t>
         </is>
       </c>
       <c r="B327" s="2" t="n">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C327" s="2" t="n">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="D327" s="2" t="n">
-        <v>326</v>
+        <v>322</v>
       </c>
       <c r="E327" s="2" t="n">
-        <v>365</v>
+        <v>348</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="2" t="inlineStr">
         <is>
-          <t>University of Bergen</t>
+          <t>Queensland University of Technology</t>
         </is>
       </c>
       <c r="B328" s="2" t="n">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C328" s="2" t="n">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="D328" s="2" t="n">
-        <v>326</v>
+        <v>322</v>
       </c>
       <c r="E328" s="2" t="n">
-        <v>337</v>
+        <v>308</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="2" t="inlineStr">
         <is>
-          <t>University of Naples Federico 2</t>
+          <t>Kennesaw State University</t>
         </is>
       </c>
       <c r="B329" s="2" t="n">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C329" s="2" t="n">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="D329" s="2" t="n">
-        <v>326</v>
+        <v>322</v>
       </c>
       <c r="E329" s="2" t="n">
-        <v>324</v>
+        <v>299</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="2" t="inlineStr">
         <is>
-          <t>University of Tokyo</t>
+          <t>University of Essex</t>
         </is>
       </c>
       <c r="B330" s="2" t="n">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C330" s="2" t="n">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="D330" s="2" t="n">
-        <v>326</v>
+        <v>322</v>
       </c>
       <c r="E330" s="2" t="n">
-        <v>279</v>
+        <v>341</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="2" t="inlineStr">
         <is>
-          <t>University of Toulouse 3</t>
+          <t>University of Bergen</t>
         </is>
       </c>
       <c r="B331" s="2" t="n">
         <v>26</v>
       </c>
       <c r="C331" s="2" t="n">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D331" s="2" t="n">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="E331" s="2" t="n">
-        <v>324</v>
+        <v>341</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="2" t="inlineStr">
         <is>
-          <t>Chalmers University of Technology</t>
+          <t>Aalborg University</t>
         </is>
       </c>
       <c r="B332" s="2" t="n">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C332" s="2" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D332" s="2" t="n">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="E332" s="2" t="n">
-        <v>357</v>
+        <v>371</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="2" t="inlineStr">
         <is>
-          <t>Free University Berlin</t>
+          <t>University of Tokyo</t>
         </is>
       </c>
       <c r="B333" s="2" t="n">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C333" s="2" t="n">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="D333" s="2" t="n">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="E333" s="2" t="n">
-        <v>291</v>
+        <v>281</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="2" t="inlineStr">
         <is>
-          <t>Mississippi State University</t>
+          <t>University of Toulouse 3</t>
         </is>
       </c>
       <c r="B334" s="2" t="n">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C334" s="2" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D334" s="2" t="n">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="E334" s="2" t="n">
-        <v>317</v>
+        <v>327</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="2" t="inlineStr">
         <is>
-          <t>University of Rennes</t>
+          <t>University of Naples Federico 2</t>
         </is>
       </c>
       <c r="B335" s="2" t="n">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C335" s="2" t="n">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="D335" s="2" t="n">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="E335" s="2" t="n">
-        <v>383</v>
+        <v>327</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="2" t="inlineStr">
         <is>
           <t>University of Konstanz</t>
         </is>
       </c>
       <c r="B336" s="2" t="n">
         <v>25</v>
       </c>
       <c r="C336" s="2" t="n">
         <v>16</v>
       </c>
       <c r="D336" s="2" t="n">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="E336" s="2" t="n">
-        <v>399</v>
+        <v>406</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="2" t="inlineStr">
         <is>
           <t>University of Bergamo</t>
         </is>
       </c>
       <c r="B337" s="2" t="n">
         <v>25</v>
       </c>
       <c r="C337" s="2" t="n">
         <v>19</v>
       </c>
       <c r="D337" s="2" t="n">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="E337" s="2" t="n">
-        <v>375</v>
+        <v>382</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="2" t="inlineStr">
         <is>
-          <t>Russian Academy of Sciences</t>
+          <t>University of Rennes</t>
         </is>
       </c>
       <c r="B338" s="2" t="n">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C338" s="2" t="n">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="D338" s="2" t="n">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="E338" s="2" t="n">
-        <v>301</v>
+        <v>390</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="2" t="inlineStr">
         <is>
-          <t>Bar Ilan University</t>
+          <t>Chalmers University of Technology</t>
         </is>
       </c>
       <c r="B339" s="2" t="n">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C339" s="2" t="n">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D339" s="2" t="n">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="E339" s="2" t="n">
-        <v>375</v>
+        <v>363</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="2" t="inlineStr">
         <is>
-          <t>Uppsala University</t>
+          <t>Mississippi State University</t>
         </is>
       </c>
       <c r="B340" s="2" t="n">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C340" s="2" t="n">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="D340" s="2" t="n">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="E340" s="2" t="n">
-        <v>357</v>
+        <v>320</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="2" t="inlineStr">
         <is>
-          <t>University of Applied Sciences Mainz</t>
+          <t>Free University Berlin</t>
         </is>
       </c>
       <c r="B341" s="2" t="n">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C341" s="2" t="n">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D341" s="2" t="n">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="E341" s="2" t="n">
-        <v>383</v>
+        <v>293</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="2" t="inlineStr">
         <is>
-          <t>University of Rome, la Sapienza</t>
+          <t>Universidad de Sevilla</t>
         </is>
       </c>
       <c r="B342" s="2" t="n">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C342" s="2" t="n">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="D342" s="2" t="n">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="E342" s="2" t="n">
-        <v>317</v>
+        <v>348</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="2" t="inlineStr">
         <is>
-          <t>Adolfo Ibanez University</t>
+          <t>Curtin University of Technology</t>
         </is>
       </c>
       <c r="B343" s="2" t="n">
         <v>24</v>
       </c>
       <c r="C343" s="2" t="n">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="D343" s="2" t="n">
-        <v>337</v>
+        <v>342</v>
       </c>
       <c r="E343" s="2" t="n">
-        <v>311</v>
+        <v>341</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="2" t="inlineStr">
         <is>
-          <t>University of Magdeburg</t>
+          <t>Adolfo Ibanez University</t>
         </is>
       </c>
       <c r="B344" s="2" t="n">
         <v>24</v>
       </c>
       <c r="C344" s="2" t="n">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D344" s="2" t="n">
-        <v>337</v>
+        <v>342</v>
       </c>
       <c r="E344" s="2" t="n">
-        <v>330</v>
+        <v>314</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="2" t="inlineStr">
         <is>
           <t>Brown University</t>
         </is>
       </c>
       <c r="B345" s="2" t="n">
         <v>24</v>
       </c>
       <c r="C345" s="2" t="n">
         <v>26</v>
       </c>
       <c r="D345" s="2" t="n">
-        <v>337</v>
+        <v>342</v>
       </c>
       <c r="E345" s="2" t="n">
-        <v>324</v>
+        <v>327</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="2" t="inlineStr">
         <is>
           <t>Utah State University</t>
         </is>
       </c>
       <c r="B346" s="2" t="n">
         <v>24</v>
       </c>
       <c r="C346" s="2" t="n">
         <v>29</v>
       </c>
       <c r="D346" s="2" t="n">
-        <v>337</v>
+        <v>342</v>
       </c>
       <c r="E346" s="2" t="n">
-        <v>306</v>
+        <v>308</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="2" t="inlineStr">
         <is>
-          <t>University of Granada</t>
+          <t>University of Applied Sciences Mainz</t>
         </is>
       </c>
       <c r="B347" s="2" t="n">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C347" s="2" t="n">
         <v>18</v>
       </c>
       <c r="D347" s="2" t="n">
-        <v>346</v>
+        <v>342</v>
       </c>
       <c r="E347" s="2" t="n">
-        <v>383</v>
+        <v>390</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="2" t="inlineStr">
         <is>
-          <t>University of Louisville</t>
+          <t>University of Rome, la Sapienza</t>
         </is>
       </c>
       <c r="B348" s="2" t="n">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C348" s="2" t="n">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="D348" s="2" t="n">
-        <v>346</v>
+        <v>342</v>
       </c>
       <c r="E348" s="2" t="n">
-        <v>337</v>
+        <v>320</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="2" t="inlineStr">
         <is>
-          <t>Southern Illinois University</t>
+          <t>Russian Academy of Sciences</t>
         </is>
       </c>
       <c r="B349" s="2" t="n">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C349" s="2" t="n">
-        <v>19</v>
+        <v>30</v>
       </c>
       <c r="D349" s="2" t="n">
-        <v>346</v>
+        <v>342</v>
       </c>
       <c r="E349" s="2" t="n">
-        <v>375</v>
+        <v>303</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="2" t="inlineStr">
         <is>
-          <t>University of California, Santa Barbara</t>
+          <t>Bar Ilan University</t>
         </is>
       </c>
       <c r="B350" s="2" t="n">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C350" s="2" t="n">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="D350" s="2" t="n">
-        <v>346</v>
+        <v>342</v>
       </c>
       <c r="E350" s="2" t="n">
-        <v>317</v>
+        <v>382</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="2" t="inlineStr">
         <is>
-          <t>University of Kent</t>
+          <t>Uppsala University</t>
         </is>
       </c>
       <c r="B351" s="2" t="n">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C351" s="2" t="n">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D351" s="2" t="n">
-        <v>346</v>
+        <v>342</v>
       </c>
       <c r="E351" s="2" t="n">
-        <v>349</v>
+        <v>363</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="2" t="inlineStr">
         <is>
-          <t>Zhejiang Normal University</t>
+          <t>University of Magdeburg</t>
         </is>
       </c>
       <c r="B352" s="2" t="n">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C352" s="2" t="n">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D352" s="2" t="n">
-        <v>346</v>
+        <v>342</v>
       </c>
       <c r="E352" s="2" t="n">
-        <v>375</v>
+        <v>334</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="2" t="inlineStr">
         <is>
-          <t>University of Brescia</t>
+          <t>University of Kent</t>
         </is>
       </c>
       <c r="B353" s="2" t="n">
         <v>23</v>
       </c>
       <c r="C353" s="2" t="n">
         <v>22</v>
       </c>
       <c r="D353" s="2" t="n">
-        <v>346</v>
+        <v>352</v>
       </c>
       <c r="E353" s="2" t="n">
-        <v>349</v>
+        <v>355</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="2" t="inlineStr">
         <is>
-          <t>Xian Jiaotong Liverpool University</t>
+          <t>University of Louisville</t>
         </is>
       </c>
       <c r="B354" s="2" t="n">
         <v>23</v>
       </c>
       <c r="C354" s="2" t="n">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="D354" s="2" t="n">
-        <v>346</v>
+        <v>352</v>
       </c>
       <c r="E354" s="2" t="n">
-        <v>399</v>
+        <v>341</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="2" t="inlineStr">
         <is>
-          <t>University of East Anglia</t>
+          <t>University of Montpellier</t>
         </is>
       </c>
       <c r="B355" s="2" t="n">
         <v>23</v>
       </c>
       <c r="C355" s="2" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="D355" s="2" t="n">
-        <v>346</v>
+        <v>352</v>
       </c>
       <c r="E355" s="2" t="n">
-        <v>343</v>
+        <v>355</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="2" t="inlineStr">
         <is>
-          <t>Old Dominion University</t>
+          <t>University of East Anglia</t>
         </is>
       </c>
       <c r="B356" s="2" t="n">
         <v>23</v>
       </c>
       <c r="C356" s="2" t="n">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="D356" s="2" t="n">
-        <v>346</v>
+        <v>352</v>
       </c>
       <c r="E356" s="2" t="n">
-        <v>383</v>
+        <v>348</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="2" t="inlineStr">
         <is>
-          <t>University of Montpellier</t>
+          <t>Xian Jiaotong Liverpool University</t>
         </is>
       </c>
       <c r="B357" s="2" t="n">
         <v>23</v>
       </c>
       <c r="C357" s="2" t="n">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D357" s="2" t="n">
-        <v>346</v>
+        <v>352</v>
       </c>
       <c r="E357" s="2" t="n">
-        <v>349</v>
+        <v>406</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="2" t="inlineStr">
         <is>
-          <t>University of Cyprus</t>
+          <t>Zhejiang Normal University</t>
         </is>
       </c>
       <c r="B358" s="2" t="n">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C358" s="2" t="n">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="D358" s="2" t="n">
-        <v>357</v>
+        <v>352</v>
       </c>
       <c r="E358" s="2" t="n">
-        <v>393</v>
+        <v>382</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="2" t="inlineStr">
         <is>
-          <t>University of New Hampshire</t>
+          <t>Old Dominion University</t>
         </is>
       </c>
       <c r="B359" s="2" t="n">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C359" s="2" t="n">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="D359" s="2" t="n">
-        <v>357</v>
+        <v>352</v>
       </c>
       <c r="E359" s="2" t="n">
-        <v>357</v>
+        <v>390</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="2" t="inlineStr">
         <is>
-          <t>University of Sao Paulo</t>
+          <t>University of Brescia</t>
         </is>
       </c>
       <c r="B360" s="2" t="n">
+        <v>23</v>
+      </c>
+      <c r="C360" s="2" t="n">
         <v>22</v>
       </c>
-      <c r="C360" s="2" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D360" s="2" t="n">
-        <v>357</v>
+        <v>352</v>
       </c>
       <c r="E360" s="2" t="n">
-        <v>343</v>
+        <v>355</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="2" t="inlineStr">
         <is>
-          <t>University of Quebec, Montreal</t>
+          <t>Southern Illinois University</t>
         </is>
       </c>
       <c r="B361" s="2" t="n">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C361" s="2" t="n">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="D361" s="2" t="n">
-        <v>357</v>
+        <v>352</v>
       </c>
       <c r="E361" s="2" t="n">
-        <v>324</v>
+        <v>382</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="2" t="inlineStr">
         <is>
-          <t>Trinity College Dublin</t>
+          <t>University of California, Santa Barbara</t>
         </is>
       </c>
       <c r="B362" s="2" t="n">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C362" s="2" t="n">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="D362" s="2" t="n">
-        <v>357</v>
+        <v>352</v>
       </c>
       <c r="E362" s="2" t="n">
-        <v>357</v>
+        <v>320</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="2" t="inlineStr">
         <is>
-          <t>University of Porto</t>
+          <t>University of Granada</t>
         </is>
       </c>
       <c r="B363" s="2" t="n">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C363" s="2" t="n">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D363" s="2" t="n">
-        <v>357</v>
+        <v>352</v>
       </c>
       <c r="E363" s="2" t="n">
-        <v>349</v>
+        <v>390</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="2" t="inlineStr">
         <is>
-          <t>Saint Louis University</t>
+          <t>Trinity College Dublin</t>
         </is>
       </c>
       <c r="B364" s="2" t="n">
         <v>22</v>
       </c>
       <c r="C364" s="2" t="n">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D364" s="2" t="n">
-        <v>357</v>
+        <v>363</v>
       </c>
       <c r="E364" s="2" t="n">
-        <v>349</v>
+        <v>363</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="2" t="inlineStr">
         <is>
-          <t>Kent State University</t>
+          <t>Saint Louis University</t>
         </is>
       </c>
       <c r="B365" s="2" t="n">
         <v>22</v>
       </c>
       <c r="C365" s="2" t="n">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="D365" s="2" t="n">
-        <v>357</v>
+        <v>363</v>
       </c>
       <c r="E365" s="2" t="n">
-        <v>337</v>
+        <v>355</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="2" t="inlineStr">
         <is>
-          <t>New York University Abu Dhabi</t>
+          <t>University of Porto</t>
         </is>
       </c>
       <c r="B366" s="2" t="n">
         <v>22</v>
       </c>
       <c r="C366" s="2" t="n">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D366" s="2" t="n">
-        <v>357</v>
+        <v>363</v>
       </c>
       <c r="E366" s="2" t="n">
-        <v>357</v>
+        <v>355</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="2" t="inlineStr">
         <is>
-          <t>Loyola University Chicago</t>
+          <t>University of Sao Paulo</t>
         </is>
       </c>
       <c r="B367" s="2" t="n">
         <v>22</v>
       </c>
       <c r="C367" s="2" t="n">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="D367" s="2" t="n">
-        <v>357</v>
+        <v>363</v>
       </c>
       <c r="E367" s="2" t="n">
-        <v>375</v>
+        <v>348</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="2" t="inlineStr">
         <is>
-          <t>Victoria University of Wellington</t>
+          <t>University of Quebec, Montreal</t>
         </is>
       </c>
       <c r="B368" s="2" t="n">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C368" s="2" t="n">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="D368" s="2" t="n">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="E368" s="2" t="n">
-        <v>375</v>
+        <v>327</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="2" t="inlineStr">
         <is>
-          <t>Brunel University</t>
+          <t>University of New Hampshire</t>
         </is>
       </c>
       <c r="B369" s="2" t="n">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C369" s="2" t="n">
         <v>21</v>
       </c>
       <c r="D369" s="2" t="n">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="E369" s="2" t="n">
-        <v>357</v>
+        <v>363</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="2" t="inlineStr">
         <is>
-          <t>Ben Gurion University of the Negev</t>
+          <t>Loyola University Chicago</t>
         </is>
       </c>
       <c r="B370" s="2" t="n">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C370" s="2" t="n">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D370" s="2" t="n">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="E370" s="2" t="n">
-        <v>330</v>
+        <v>382</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="2" t="inlineStr">
         <is>
-          <t>Aston University</t>
+          <t>Kent State University</t>
         </is>
       </c>
       <c r="B371" s="2" t="n">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C371" s="2" t="n">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D371" s="2" t="n">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="E371" s="2" t="n">
-        <v>343</v>
+        <v>341</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" s="2" t="inlineStr">
         <is>
-          <t>University of Richmond</t>
+          <t>New York University Abu Dhabi</t>
         </is>
       </c>
       <c r="B372" s="2" t="n">
+        <v>22</v>
+      </c>
+      <c r="C372" s="2" t="n">
         <v>21</v>
       </c>
-      <c r="C372" s="2" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D372" s="2" t="n">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="E372" s="2" t="n">
-        <v>383</v>
+        <v>363</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="2" t="inlineStr">
         <is>
-          <t>University of Lyon 1</t>
+          <t>University of Cyprus</t>
         </is>
       </c>
       <c r="B373" s="2" t="n">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C373" s="2" t="n">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="D373" s="2" t="n">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="E373" s="2" t="n">
-        <v>349</v>
+        <v>400</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="2" t="inlineStr">
         <is>
-          <t>Royal Holloway, University of London</t>
+          <t>Brunel University</t>
         </is>
       </c>
       <c r="B374" s="2" t="n">
         <v>21</v>
       </c>
       <c r="C374" s="2" t="n">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="D374" s="2" t="n">
-        <v>367</v>
+        <v>373</v>
       </c>
       <c r="E374" s="2" t="n">
-        <v>311</v>
+        <v>363</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="2" t="inlineStr">
         <is>
-          <t>Kyoto University</t>
+          <t>University of Richmond</t>
         </is>
       </c>
       <c r="B375" s="2" t="n">
         <v>21</v>
       </c>
       <c r="C375" s="2" t="n">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="D375" s="2" t="n">
-        <v>367</v>
+        <v>373</v>
       </c>
       <c r="E375" s="2" t="n">
-        <v>365</v>
+        <v>390</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="2" t="inlineStr">
         <is>
-          <t>University of Augsburg</t>
+          <t>Kyoto University</t>
         </is>
       </c>
       <c r="B376" s="2" t="n">
         <v>21</v>
       </c>
       <c r="C376" s="2" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D376" s="2" t="n">
-        <v>367</v>
+        <v>373</v>
       </c>
       <c r="E376" s="2" t="n">
-        <v>357</v>
+        <v>371</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="2" t="inlineStr">
         <is>
-          <t>Montpellier Business School</t>
+          <t>Royal Holloway, University of London</t>
         </is>
       </c>
       <c r="B377" s="2" t="n">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C377" s="2" t="n">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="D377" s="2" t="n">
-        <v>376</v>
+        <v>373</v>
       </c>
       <c r="E377" s="2" t="n">
-        <v>383</v>
+        <v>314</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="2" t="inlineStr">
         <is>
-          <t>Rutgers University, Camden</t>
+          <t>Ben Gurion University of the Negev</t>
         </is>
       </c>
       <c r="B378" s="2" t="n">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C378" s="2" t="n">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="D378" s="2" t="n">
-        <v>376</v>
+        <v>373</v>
       </c>
       <c r="E378" s="2" t="n">
-        <v>365</v>
+        <v>334</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="2" t="inlineStr">
         <is>
-          <t>Worcester Polytechnic Institute</t>
+          <t>University of Augsburg</t>
         </is>
       </c>
       <c r="B379" s="2" t="n">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C379" s="2" t="n">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D379" s="2" t="n">
-        <v>376</v>
+        <v>373</v>
       </c>
       <c r="E379" s="2" t="n">
-        <v>365</v>
+        <v>363</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" s="2" t="inlineStr">
         <is>
-          <t>Athens University of Economics and Business</t>
+          <t>Aston University</t>
         </is>
       </c>
       <c r="B380" s="2" t="n">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C380" s="2" t="n">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="D380" s="2" t="n">
-        <v>376</v>
+        <v>373</v>
       </c>
       <c r="E380" s="2" t="n">
-        <v>375</v>
+        <v>348</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" s="2" t="inlineStr">
         <is>
-          <t>National Tsing Hua University</t>
+          <t>Victoria University of Wellington</t>
         </is>
       </c>
       <c r="B381" s="2" t="n">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C381" s="2" t="n">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="D381" s="2" t="n">
-        <v>376</v>
+        <v>373</v>
       </c>
       <c r="E381" s="2" t="n">
-        <v>411</v>
+        <v>382</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" s="2" t="inlineStr">
         <is>
-          <t>Loyola Marymount University</t>
+          <t>University of Lyon 1</t>
         </is>
       </c>
       <c r="B382" s="2" t="n">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="C382" s="2" t="n">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="D382" s="2" t="n">
-        <v>381</v>
+        <v>373</v>
       </c>
       <c r="E382" s="2" t="n">
-        <v>393</v>
+        <v>355</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="2" t="inlineStr">
         <is>
-          <t>University of Strathclyde</t>
+          <t>Athens University of Economics and Business</t>
         </is>
       </c>
       <c r="B383" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="C383" s="2" t="n">
         <v>19</v>
       </c>
-      <c r="C383" s="2" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D383" s="2" t="n">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="E383" s="2" t="n">
-        <v>421</v>
+        <v>382</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="2" t="inlineStr">
         <is>
-          <t>University of Nevada, Reno</t>
+          <t>National Tsing Hua University</t>
         </is>
       </c>
       <c r="B384" s="2" t="n">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C384" s="2" t="n">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="D384" s="2" t="n">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="E384" s="2" t="n">
-        <v>349</v>
+        <v>418</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="2" t="inlineStr">
         <is>
-          <t>Ozyegin University</t>
+          <t>Rutgers University, Camden</t>
         </is>
       </c>
       <c r="B385" s="2" t="n">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C385" s="2" t="n">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="D385" s="2" t="n">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="E385" s="2" t="n">
-        <v>393</v>
+        <v>371</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" s="2" t="inlineStr">
         <is>
-          <t>University of Jena</t>
+          <t>Montpellier Business School</t>
         </is>
       </c>
       <c r="B386" s="2" t="n">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C386" s="2" t="n">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D386" s="2" t="n">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="E386" s="2" t="n">
-        <v>399</v>
+        <v>390</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="2" t="inlineStr">
         <is>
-          <t>University of Barcelona</t>
+          <t>Worcester Polytechnic Institute</t>
         </is>
       </c>
       <c r="B387" s="2" t="n">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C387" s="2" t="n">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="D387" s="2" t="n">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="E387" s="2" t="n">
-        <v>411</v>
+        <v>371</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="2" t="inlineStr">
         <is>
-          <t>Hunan University</t>
+          <t>University of Strathclyde</t>
         </is>
       </c>
       <c r="B388" s="2" t="n">
         <v>19</v>
       </c>
       <c r="C388" s="2" t="n">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D388" s="2" t="n">
-        <v>381</v>
+        <v>387</v>
       </c>
       <c r="E388" s="2" t="n">
-        <v>365</v>
+        <v>428</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="2" t="inlineStr">
         <is>
-          <t>California Polytechnic State University</t>
+          <t>University of Barcelona</t>
         </is>
       </c>
       <c r="B389" s="2" t="n">
         <v>19</v>
       </c>
       <c r="C389" s="2" t="n">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="D389" s="2" t="n">
-        <v>381</v>
+        <v>387</v>
       </c>
       <c r="E389" s="2" t="n">
-        <v>365</v>
+        <v>418</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="2" t="inlineStr">
         <is>
-          <t>Universidade Estadual de Campinas</t>
+          <t>University of Nevada, Reno</t>
         </is>
       </c>
       <c r="B390" s="2" t="n">
         <v>19</v>
       </c>
       <c r="C390" s="2" t="n">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="D390" s="2" t="n">
-        <v>381</v>
+        <v>387</v>
       </c>
       <c r="E390" s="2" t="n">
-        <v>411</v>
+        <v>355</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="2" t="inlineStr">
         <is>
-          <t>Pepperdine University</t>
+          <t>Ozyegin University</t>
         </is>
       </c>
       <c r="B391" s="2" t="n">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C391" s="2" t="n">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="D391" s="2" t="n">
-        <v>390</v>
+        <v>387</v>
       </c>
       <c r="E391" s="2" t="n">
-        <v>365</v>
+        <v>400</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="2" t="inlineStr">
         <is>
-          <t>Queens University Belfast</t>
+          <t>University of Jena</t>
         </is>
       </c>
       <c r="B392" s="2" t="n">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C392" s="2" t="n">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D392" s="2" t="n">
-        <v>390</v>
+        <v>387</v>
       </c>
       <c r="E392" s="2" t="n">
-        <v>433</v>
+        <v>406</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="2" t="inlineStr">
         <is>
-          <t>Sabanci University</t>
+          <t>Loyola Marymount University</t>
         </is>
       </c>
       <c r="B393" s="2" t="n">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C393" s="2" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D393" s="2" t="n">
-        <v>390</v>
+        <v>387</v>
       </c>
       <c r="E393" s="2" t="n">
-        <v>383</v>
+        <v>400</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="2" t="inlineStr">
         <is>
-          <t>University of Kiel</t>
+          <t>California Polytechnic State University</t>
         </is>
       </c>
       <c r="B394" s="2" t="n">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C394" s="2" t="n">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D394" s="2" t="n">
-        <v>390</v>
+        <v>387</v>
       </c>
       <c r="E394" s="2" t="n">
-        <v>399</v>
+        <v>371</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="2" t="inlineStr">
         <is>
-          <t>University of Graz</t>
+          <t>Hunan University</t>
         </is>
       </c>
       <c r="B395" s="2" t="n">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C395" s="2" t="n">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="D395" s="2" t="n">
-        <v>390</v>
+        <v>387</v>
       </c>
       <c r="E395" s="2" t="n">
-        <v>421</v>
+        <v>371</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="2" t="inlineStr">
         <is>
-          <t>University of Rhode Island</t>
+          <t>Universidade Estadual de Campinas</t>
         </is>
       </c>
       <c r="B396" s="2" t="n">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C396" s="2" t="n">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D396" s="2" t="n">
-        <v>390</v>
+        <v>387</v>
       </c>
       <c r="E396" s="2" t="n">
-        <v>421</v>
+        <v>418</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="2" t="inlineStr">
         <is>
-          <t>East China Normal University</t>
+          <t>Queens University Belfast</t>
         </is>
       </c>
       <c r="B397" s="2" t="n">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C397" s="2" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D397" s="2" t="n">
         <v>396</v>
       </c>
       <c r="E397" s="2" t="n">
-        <v>421</v>
+        <v>440</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="2" t="inlineStr">
         <is>
-          <t>Fuzhou University</t>
+          <t>Sabanci University</t>
         </is>
       </c>
       <c r="B398" s="2" t="n">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C398" s="2" t="n">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D398" s="2" t="n">
         <v>396</v>
       </c>
       <c r="E398" s="2" t="n">
-        <v>375</v>
+        <v>390</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="2" t="inlineStr">
         <is>
-          <t>University of Rome, Tre</t>
+          <t>University of Rhode Island</t>
         </is>
       </c>
       <c r="B399" s="2" t="n">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C399" s="2" t="n">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D399" s="2" t="n">
         <v>396</v>
       </c>
       <c r="E399" s="2" t="n">
-        <v>399</v>
+        <v>428</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" s="2" t="inlineStr">
         <is>
-          <t>California State University, Long Beach</t>
+          <t>University of Graz</t>
         </is>
       </c>
       <c r="B400" s="2" t="n">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C400" s="2" t="n">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D400" s="2" t="n">
         <v>396</v>
       </c>
       <c r="E400" s="2" t="n">
-        <v>365</v>
+        <v>428</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" s="2" t="inlineStr">
         <is>
-          <t>University of Jyvaskyla</t>
+          <t>Pepperdine University</t>
         </is>
       </c>
       <c r="B401" s="2" t="n">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C401" s="2" t="n">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D401" s="2" t="n">
         <v>396</v>
       </c>
       <c r="E401" s="2" t="n">
-        <v>349</v>
+        <v>371</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" s="2" t="inlineStr">
         <is>
-          <t>Leuphana University Luneburg</t>
+          <t>University of Kiel</t>
         </is>
       </c>
       <c r="B402" s="2" t="n">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C402" s="2" t="n">
         <v>16</v>
       </c>
       <c r="D402" s="2" t="n">
         <v>396</v>
       </c>
       <c r="E402" s="2" t="n">
-        <v>399</v>
+        <v>406</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="2" t="inlineStr">
         <is>
-          <t>Zhejiang Gongshang University</t>
+          <t>University of Rome, Tre</t>
         </is>
       </c>
       <c r="B403" s="2" t="n">
         <v>17</v>
       </c>
       <c r="C403" s="2" t="n">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D403" s="2" t="n">
-        <v>396</v>
+        <v>402</v>
       </c>
       <c r="E403" s="2" t="n">
-        <v>421</v>
+        <v>406</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="2" t="inlineStr">
         <is>
-          <t>University of Wollongong</t>
+          <t>California State University, Long Beach</t>
         </is>
       </c>
       <c r="B404" s="2" t="n">
         <v>17</v>
       </c>
       <c r="C404" s="2" t="n">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="D404" s="2" t="n">
-        <v>396</v>
+        <v>402</v>
       </c>
       <c r="E404" s="2" t="n">
-        <v>433</v>
+        <v>371</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" s="2" t="inlineStr">
         <is>
-          <t>University of Pisa</t>
+          <t>Leuphana University Luneburg</t>
         </is>
       </c>
       <c r="B405" s="2" t="n">
+        <v>17</v>
+      </c>
+      <c r="C405" s="2" t="n">
         <v>16</v>
       </c>
-      <c r="C405" s="2" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D405" s="2" t="n">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="E405" s="2" t="n">
-        <v>383</v>
+        <v>406</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="2" t="inlineStr">
         <is>
-          <t>Insper</t>
+          <t>Fuzhou University</t>
         </is>
       </c>
       <c r="B406" s="2" t="n">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C406" s="2" t="n">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D406" s="2" t="n">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="E406" s="2" t="n">
-        <v>399</v>
+        <v>382</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="2" t="inlineStr">
         <is>
-          <t>University of Texas, El Paso</t>
+          <t>University of Jyvaskyla</t>
         </is>
       </c>
       <c r="B407" s="2" t="n">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C407" s="2" t="n">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="D407" s="2" t="n">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="E407" s="2" t="n">
-        <v>393</v>
+        <v>355</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="2" t="inlineStr">
         <is>
-          <t>University of Modena</t>
+          <t>Zhejiang Gongshang University</t>
         </is>
       </c>
       <c r="B408" s="2" t="n">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C408" s="2" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D408" s="2" t="n">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="E408" s="2" t="n">
-        <v>411</v>
+        <v>428</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="2" t="inlineStr">
         <is>
-          <t>University of Wyoming</t>
+          <t>East China Normal University</t>
         </is>
       </c>
       <c r="B409" s="2" t="n">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C409" s="2" t="n">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="D409" s="2" t="n">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="E409" s="2" t="n">
-        <v>393</v>
+        <v>428</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="2" t="inlineStr">
         <is>
-          <t>Kansas State University</t>
+          <t>University of Wollongong</t>
         </is>
       </c>
       <c r="B410" s="2" t="n">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C410" s="2" t="n">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="D410" s="2" t="n">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="E410" s="2" t="n">
-        <v>383</v>
+        <v>440</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="2" t="inlineStr">
         <is>
-          <t>University of San Francisco</t>
+          <t>University of Texas, El Paso</t>
         </is>
       </c>
       <c r="B411" s="2" t="n">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C411" s="2" t="n">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D411" s="2" t="n">
         <v>410</v>
       </c>
       <c r="E411" s="2" t="n">
-        <v>399</v>
+        <v>400</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="2" t="inlineStr">
         <is>
-          <t>Ca Foscari University of Venice</t>
+          <t>Kansas State University</t>
         </is>
       </c>
       <c r="B412" s="2" t="n">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C412" s="2" t="n">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="D412" s="2" t="n">
         <v>410</v>
       </c>
       <c r="E412" s="2" t="n">
-        <v>433</v>
+        <v>390</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="2" t="inlineStr">
         <is>
-          <t>University of Maryland, Baltimore County</t>
+          <t>University of Wyoming</t>
         </is>
       </c>
       <c r="B413" s="2" t="n">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C413" s="2" t="n">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D413" s="2" t="n">
         <v>410</v>
       </c>
       <c r="E413" s="2" t="n">
-        <v>399</v>
+        <v>400</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="2" t="inlineStr">
         <is>
-          <t>Corvinus University Budapest</t>
+          <t>Insper</t>
         </is>
       </c>
       <c r="B414" s="2" t="n">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C414" s="2" t="n">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D414" s="2" t="n">
         <v>410</v>
       </c>
       <c r="E414" s="2" t="n">
-        <v>421</v>
+        <v>406</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" s="2" t="inlineStr">
         <is>
-          <t>Illinois State University</t>
+          <t>Swinburne University of Technology</t>
         </is>
       </c>
       <c r="B415" s="2" t="n">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C415" s="2" t="n">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="D415" s="2" t="n">
         <v>410</v>
       </c>
       <c r="E415" s="2" t="n">
-        <v>393</v>
+        <v>371</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="2" t="inlineStr">
         <is>
-          <t>University of Wurzburg</t>
+          <t>University of Pisa</t>
         </is>
       </c>
       <c r="B416" s="2" t="n">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C416" s="2" t="n">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="D416" s="2" t="n">
         <v>410</v>
       </c>
       <c r="E416" s="2" t="n">
-        <v>365</v>
+        <v>390</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="2" t="inlineStr">
         <is>
-          <t>Beijing Normal University</t>
+          <t>University of Modena</t>
         </is>
       </c>
       <c r="B417" s="2" t="n">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C417" s="2" t="n">
         <v>15</v>
       </c>
       <c r="D417" s="2" t="n">
         <v>410</v>
       </c>
       <c r="E417" s="2" t="n">
-        <v>411</v>
+        <v>418</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="2" t="inlineStr">
         <is>
-          <t>University of Wuppertal</t>
+          <t>Illinois State University</t>
         </is>
       </c>
       <c r="B418" s="2" t="n">
         <v>15</v>
       </c>
       <c r="C418" s="2" t="n">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="D418" s="2" t="n">
-        <v>410</v>
+        <v>417</v>
       </c>
       <c r="E418" s="2" t="n">
-        <v>491</v>
+        <v>400</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="2" t="inlineStr">
         <is>
-          <t>University of Montana</t>
+          <t>Ca Foscari University of Venice</t>
         </is>
       </c>
       <c r="B419" s="2" t="n">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C419" s="2" t="n">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="D419" s="2" t="n">
-        <v>418</v>
+        <v>417</v>
       </c>
       <c r="E419" s="2" t="n">
-        <v>471</v>
+        <v>440</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="2" t="inlineStr">
         <is>
-          <t>University of Rome, Tor Vergata</t>
+          <t>University of San Francisco</t>
         </is>
       </c>
       <c r="B420" s="2" t="n">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C420" s="2" t="n">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D420" s="2" t="n">
-        <v>418</v>
+        <v>417</v>
       </c>
       <c r="E420" s="2" t="n">
-        <v>411</v>
+        <v>406</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="2" t="inlineStr">
         <is>
-          <t>California State University, Sacramento</t>
+          <t>University of Wuppertal</t>
         </is>
       </c>
       <c r="B421" s="2" t="n">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C421" s="2" t="n">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D421" s="2" t="n">
-        <v>418</v>
+        <v>417</v>
       </c>
       <c r="E421" s="2" t="n">
-        <v>442</v>
+        <v>498</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="2" t="inlineStr">
         <is>
-          <t>University of Bayreuth</t>
+          <t>University of Maryland, Baltimore County</t>
         </is>
       </c>
       <c r="B422" s="2" t="n">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C422" s="2" t="n">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D422" s="2" t="n">
-        <v>418</v>
+        <v>417</v>
       </c>
       <c r="E422" s="2" t="n">
-        <v>421</v>
+        <v>406</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="2" t="inlineStr">
         <is>
-          <t>University of South Australia</t>
+          <t>University of Wurzburg</t>
         </is>
       </c>
       <c r="B423" s="2" t="n">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C423" s="2" t="n">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="D423" s="2" t="n">
-        <v>418</v>
+        <v>417</v>
       </c>
       <c r="E423" s="2" t="n">
-        <v>421</v>
+        <v>371</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="2" t="inlineStr">
         <is>
-          <t>Pontifical Catholic University of Rio de Janeiro</t>
+          <t>Beijing Normal University</t>
         </is>
       </c>
       <c r="B424" s="2" t="n">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C424" s="2" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D424" s="2" t="n">
+        <v>417</v>
+      </c>
+      <c r="E424" s="2" t="n">
         <v>418</v>
-      </c>
-[...1 lines deleted...]
-        <v>399</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="2" t="inlineStr">
         <is>
-          <t>University of Windsor</t>
+          <t>Corvinus University Budapest</t>
         </is>
       </c>
       <c r="B425" s="2" t="n">
+        <v>15</v>
+      </c>
+      <c r="C425" s="2" t="n">
         <v>14</v>
       </c>
-      <c r="C425" s="2" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D425" s="2" t="n">
-        <v>418</v>
+        <v>417</v>
       </c>
       <c r="E425" s="2" t="n">
-        <v>411</v>
+        <v>428</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="2" t="inlineStr">
         <is>
           <t>Federal University of Rio de Janeiro</t>
         </is>
       </c>
       <c r="B426" s="2" t="n">
         <v>14</v>
       </c>
       <c r="C426" s="2" t="n">
         <v>13</v>
       </c>
       <c r="D426" s="2" t="n">
-        <v>418</v>
+        <v>425</v>
       </c>
       <c r="E426" s="2" t="n">
-        <v>433</v>
+        <v>440</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="2" t="inlineStr">
         <is>
-          <t>University of Newcastle</t>
+          <t>University of Warsaw</t>
         </is>
       </c>
       <c r="B427" s="2" t="n">
         <v>14</v>
       </c>
       <c r="C427" s="2" t="n">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D427" s="2" t="n">
+        <v>425</v>
+      </c>
+      <c r="E427" s="2" t="n">
         <v>418</v>
-      </c>
-[...1 lines deleted...]
-        <v>454</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="2" t="inlineStr">
         <is>
-          <t>University of Warsaw</t>
+          <t>University of South Australia</t>
         </is>
       </c>
       <c r="B428" s="2" t="n">
         <v>14</v>
       </c>
       <c r="C428" s="2" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D428" s="2" t="n">
-        <v>418</v>
+        <v>425</v>
       </c>
       <c r="E428" s="2" t="n">
-        <v>411</v>
+        <v>428</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="2" t="inlineStr">
         <is>
-          <t>Yeshiva University</t>
+          <t>University of Rome, Tor Vergata</t>
         </is>
       </c>
       <c r="B429" s="2" t="n">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C429" s="2" t="n">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D429" s="2" t="n">
-        <v>428</v>
+        <v>425</v>
       </c>
       <c r="E429" s="2" t="n">
-        <v>442</v>
+        <v>418</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="2" t="inlineStr">
         <is>
-          <t>University of San Diego</t>
+          <t>University of Bayreuth</t>
         </is>
       </c>
       <c r="B430" s="2" t="n">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C430" s="2" t="n">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D430" s="2" t="n">
+        <v>425</v>
+      </c>
+      <c r="E430" s="2" t="n">
         <v>428</v>
-      </c>
-[...1 lines deleted...]
-        <v>433</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="2" t="inlineStr">
         <is>
-          <t>Graz University of Technology</t>
+          <t>California State University, Sacramento</t>
         </is>
       </c>
       <c r="B431" s="2" t="n">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C431" s="2" t="n">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D431" s="2" t="n">
-        <v>428</v>
+        <v>425</v>
       </c>
       <c r="E431" s="2" t="n">
-        <v>411</v>
+        <v>449</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="2" t="inlineStr">
         <is>
-          <t>Umea University</t>
+          <t>University of Montana</t>
         </is>
       </c>
       <c r="B432" s="2" t="n">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C432" s="2" t="n">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="D432" s="2" t="n">
-        <v>428</v>
+        <v>425</v>
       </c>
       <c r="E432" s="2" t="n">
-        <v>433</v>
+        <v>478</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="2" t="inlineStr">
         <is>
-          <t>University of Canterbury</t>
+          <t>Pontifical Catholic University of Rio de Janeiro</t>
         </is>
       </c>
       <c r="B433" s="2" t="n">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C433" s="2" t="n">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D433" s="2" t="n">
-        <v>428</v>
+        <v>425</v>
       </c>
       <c r="E433" s="2" t="n">
-        <v>433</v>
+        <v>406</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="2" t="inlineStr">
         <is>
-          <t>Bielefeld University</t>
+          <t>University of Windsor</t>
         </is>
       </c>
       <c r="B434" s="2" t="n">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C434" s="2" t="n">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="D434" s="2" t="n">
-        <v>428</v>
+        <v>425</v>
       </c>
       <c r="E434" s="2" t="n">
-        <v>491</v>
+        <v>418</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="2" t="inlineStr">
         <is>
-          <t>University of Tübingen</t>
+          <t>University of Newcastle</t>
         </is>
       </c>
       <c r="B435" s="2" t="n">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C435" s="2" t="n">
         <v>11</v>
       </c>
       <c r="D435" s="2" t="n">
-        <v>428</v>
+        <v>425</v>
       </c>
       <c r="E435" s="2" t="n">
-        <v>454</v>
+        <v>461</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="2" t="inlineStr">
         <is>
-          <t>University of Turin</t>
+          <t>Umea University</t>
         </is>
       </c>
       <c r="B436" s="2" t="n">
         <v>13</v>
       </c>
       <c r="C436" s="2" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D436" s="2" t="n">
-        <v>428</v>
+        <v>435</v>
       </c>
       <c r="E436" s="2" t="n">
-        <v>421</v>
+        <v>440</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="2" t="inlineStr">
         <is>
-          <t>Jilin University</t>
+          <t>Bielefeld University</t>
         </is>
       </c>
       <c r="B437" s="2" t="n">
         <v>13</v>
       </c>
       <c r="C437" s="2" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D437" s="2" t="n">
-        <v>428</v>
+        <v>435</v>
       </c>
       <c r="E437" s="2" t="n">
-        <v>471</v>
+        <v>498</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="2" t="inlineStr">
         <is>
-          <t>St Anna School of Advanced Sciences</t>
+          <t>University of Canterbury</t>
         </is>
       </c>
       <c r="B438" s="2" t="n">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C438" s="2" t="n">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D438" s="2" t="n">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="E438" s="2" t="n">
-        <v>454</v>
+        <v>440</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="2" t="inlineStr">
         <is>
-          <t>University of Giessen</t>
+          <t>Jilin University</t>
         </is>
       </c>
       <c r="B439" s="2" t="n">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C439" s="2" t="n">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="D439" s="2" t="n">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="E439" s="2" t="n">
-        <v>442</v>
+        <v>478</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="2" t="inlineStr">
         <is>
-          <t>New Mexico State University</t>
+          <t>Yeshiva University</t>
         </is>
       </c>
       <c r="B440" s="2" t="n">
+        <v>13</v>
+      </c>
+      <c r="C440" s="2" t="n">
         <v>12</v>
       </c>
-      <c r="C440" s="2" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D440" s="2" t="n">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="E440" s="2" t="n">
-        <v>491</v>
+        <v>449</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="2" t="inlineStr">
         <is>
-          <t>Ruhr University Bochum</t>
+          <t>University of Turin</t>
         </is>
       </c>
       <c r="B441" s="2" t="n">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C441" s="2" t="n">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="D441" s="2" t="n">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="E441" s="2" t="n">
-        <v>491</v>
+        <v>428</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="2" t="inlineStr">
         <is>
-          <t>Tufts University</t>
+          <t>University of San Diego</t>
         </is>
       </c>
       <c r="B442" s="2" t="n">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C442" s="2" t="n">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="D442" s="2" t="n">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="E442" s="2" t="n">
-        <v>471</v>
+        <v>440</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="2" t="inlineStr">
         <is>
-          <t>Brock University</t>
+          <t>University of Tübingen</t>
         </is>
       </c>
       <c r="B443" s="2" t="n">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C443" s="2" t="n">
         <v>11</v>
       </c>
       <c r="D443" s="2" t="n">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="E443" s="2" t="n">
-        <v>454</v>
+        <v>461</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" s="2" t="inlineStr">
         <is>
-          <t>University of Aberdeen</t>
+          <t>Graz University of Technology</t>
         </is>
       </c>
       <c r="B444" s="2" t="n">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C444" s="2" t="n">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D444" s="2" t="n">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="E444" s="2" t="n">
-        <v>454</v>
+        <v>418</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="2" t="inlineStr">
         <is>
-          <t>Montana State University</t>
+          <t>University of Pavia</t>
         </is>
       </c>
       <c r="B445" s="2" t="n">
         <v>12</v>
       </c>
       <c r="C445" s="2" t="n">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D445" s="2" t="n">
-        <v>437</v>
+        <v>444</v>
       </c>
       <c r="E445" s="2" t="n">
-        <v>442</v>
+        <v>440</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="2" t="inlineStr">
         <is>
-          <t>University of Catania</t>
+          <t>Waseda University</t>
         </is>
       </c>
       <c r="B446" s="2" t="n">
         <v>12</v>
       </c>
       <c r="C446" s="2" t="n">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D446" s="2" t="n">
-        <v>437</v>
+        <v>444</v>
       </c>
       <c r="E446" s="2" t="n">
-        <v>471</v>
+        <v>530</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="2" t="inlineStr">
         <is>
-          <t>The Open University</t>
+          <t>New Economic School</t>
         </is>
       </c>
       <c r="B447" s="2" t="n">
         <v>12</v>
       </c>
       <c r="C447" s="2" t="n">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D447" s="2" t="n">
-        <v>437</v>
+        <v>444</v>
       </c>
       <c r="E447" s="2" t="n">
-        <v>399</v>
+        <v>428</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="2" t="inlineStr">
         <is>
-          <t>Claremont Graduate University</t>
+          <t>Chung Ang University</t>
         </is>
       </c>
       <c r="B448" s="2" t="n">
         <v>12</v>
       </c>
       <c r="C448" s="2" t="n">
         <v>11</v>
       </c>
       <c r="D448" s="2" t="n">
-        <v>437</v>
+        <v>444</v>
       </c>
       <c r="E448" s="2" t="n">
-        <v>454</v>
+        <v>461</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="2" t="inlineStr">
         <is>
-          <t>Wright State University</t>
+          <t>Brock University</t>
         </is>
       </c>
       <c r="B449" s="2" t="n">
         <v>12</v>
       </c>
       <c r="C449" s="2" t="n">
         <v>11</v>
       </c>
       <c r="D449" s="2" t="n">
-        <v>437</v>
+        <v>444</v>
       </c>
       <c r="E449" s="2" t="n">
-        <v>454</v>
+        <v>461</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="2" t="inlineStr">
         <is>
-          <t>Dalhousie University</t>
+          <t>Ruhr University Bochum</t>
         </is>
       </c>
       <c r="B450" s="2" t="n">
         <v>12</v>
       </c>
       <c r="C450" s="2" t="n">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="D450" s="2" t="n">
-        <v>437</v>
+        <v>444</v>
       </c>
       <c r="E450" s="2" t="n">
-        <v>421</v>
+        <v>498</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="2" t="inlineStr">
         <is>
-          <t>Chung Ang University</t>
+          <t>Carleton University</t>
         </is>
       </c>
       <c r="B451" s="2" t="n">
         <v>12</v>
       </c>
       <c r="C451" s="2" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D451" s="2" t="n">
-        <v>437</v>
+        <v>444</v>
       </c>
       <c r="E451" s="2" t="n">
-        <v>454</v>
+        <v>478</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="2" t="inlineStr">
         <is>
-          <t>University of Pavia</t>
+          <t>Montana State University</t>
         </is>
       </c>
       <c r="B452" s="2" t="n">
         <v>12</v>
       </c>
       <c r="C452" s="2" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D452" s="2" t="n">
-        <v>437</v>
+        <v>444</v>
       </c>
       <c r="E452" s="2" t="n">
-        <v>433</v>
+        <v>449</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="2" t="inlineStr">
         <is>
-          <t>New Economic School</t>
+          <t>University of Aberdeen</t>
         </is>
       </c>
       <c r="B453" s="2" t="n">
         <v>12</v>
       </c>
       <c r="C453" s="2" t="n">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="D453" s="2" t="n">
-        <v>437</v>
+        <v>444</v>
       </c>
       <c r="E453" s="2" t="n">
-        <v>421</v>
+        <v>461</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" s="2" t="inlineStr">
         <is>
-          <t>Waseda University</t>
+          <t>Wright State University</t>
         </is>
       </c>
       <c r="B454" s="2" t="n">
         <v>12</v>
       </c>
       <c r="C454" s="2" t="n">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="D454" s="2" t="n">
-        <v>437</v>
+        <v>444</v>
       </c>
       <c r="E454" s="2" t="n">
-        <v>523</v>
+        <v>461</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="2" t="inlineStr">
         <is>
-          <t>Carleton University</t>
+          <t>The Open University</t>
         </is>
       </c>
       <c r="B455" s="2" t="n">
         <v>12</v>
       </c>
       <c r="C455" s="2" t="n">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="D455" s="2" t="n">
-        <v>437</v>
+        <v>444</v>
       </c>
       <c r="E455" s="2" t="n">
-        <v>471</v>
+        <v>406</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="2" t="inlineStr">
         <is>
-          <t>University of Florence</t>
+          <t>University of Giessen</t>
         </is>
       </c>
       <c r="B456" s="2" t="n">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C456" s="2" t="n">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D456" s="2" t="n">
-        <v>455</v>
+        <v>444</v>
       </c>
       <c r="E456" s="2" t="n">
-        <v>454</v>
+        <v>449</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="2" t="inlineStr">
         <is>
-          <t>European University Institute</t>
+          <t>St Anna School of Advanced Sciences</t>
         </is>
       </c>
       <c r="B457" s="2" t="n">
+        <v>12</v>
+      </c>
+      <c r="C457" s="2" t="n">
         <v>11</v>
       </c>
-      <c r="C457" s="2" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D457" s="2" t="n">
-        <v>455</v>
+        <v>444</v>
       </c>
       <c r="E457" s="2" t="n">
-        <v>491</v>
+        <v>461</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="2" t="inlineStr">
         <is>
-          <t>University of Hohenheim</t>
+          <t>University of Catania</t>
         </is>
       </c>
       <c r="B458" s="2" t="n">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C458" s="2" t="n">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="D458" s="2" t="n">
-        <v>455</v>
+        <v>444</v>
       </c>
       <c r="E458" s="2" t="n">
-        <v>577</v>
+        <v>478</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" s="2" t="inlineStr">
         <is>
-          <t>Birkbeck College, University of London</t>
+          <t>Tufts University</t>
         </is>
       </c>
       <c r="B459" s="2" t="n">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C459" s="2" t="n">
         <v>10</v>
       </c>
       <c r="D459" s="2" t="n">
-        <v>455</v>
+        <v>444</v>
       </c>
       <c r="E459" s="2" t="n">
-        <v>471</v>
+        <v>478</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" s="2" t="inlineStr">
         <is>
-          <t>National Sun Yat Sen University</t>
+          <t>New Mexico State University</t>
         </is>
       </c>
       <c r="B460" s="2" t="n">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C460" s="2" t="n">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="D460" s="2" t="n">
-        <v>455</v>
+        <v>444</v>
       </c>
       <c r="E460" s="2" t="n">
-        <v>454</v>
+        <v>498</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" s="2" t="inlineStr">
         <is>
-          <t>University of Neuchâtel</t>
+          <t>Dalhousie University</t>
         </is>
       </c>
       <c r="B461" s="2" t="n">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C461" s="2" t="n">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D461" s="2" t="n">
-        <v>455</v>
+        <v>444</v>
       </c>
       <c r="E461" s="2" t="n">
-        <v>508</v>
+        <v>428</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="2" t="inlineStr">
         <is>
-          <t>Ebs Business School</t>
+          <t>Claremont Graduate University</t>
         </is>
       </c>
       <c r="B462" s="2" t="n">
+        <v>12</v>
+      </c>
+      <c r="C462" s="2" t="n">
         <v>11</v>
       </c>
-      <c r="C462" s="2" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D462" s="2" t="n">
-        <v>455</v>
+        <v>444</v>
       </c>
       <c r="E462" s="2" t="n">
-        <v>421</v>
+        <v>461</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="2" t="inlineStr">
         <is>
-          <t>University of Waikato</t>
+          <t>University of Florence</t>
         </is>
       </c>
       <c r="B463" s="2" t="n">
         <v>11</v>
       </c>
       <c r="C463" s="2" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D463" s="2" t="n">
-        <v>455</v>
+        <v>462</v>
       </c>
       <c r="E463" s="2" t="n">
-        <v>442</v>
+        <v>461</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="2" t="inlineStr">
         <is>
-          <t>University of Lucerne</t>
+          <t>University of Neuchâtel</t>
         </is>
       </c>
       <c r="B464" s="2" t="n">
         <v>11</v>
       </c>
       <c r="C464" s="2" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D464" s="2" t="n">
-        <v>455</v>
+        <v>462</v>
       </c>
       <c r="E464" s="2" t="n">
-        <v>491</v>
+        <v>515</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="2" t="inlineStr">
         <is>
-          <t>University of California, Santa Cruz</t>
+          <t>Ebs Business School</t>
         </is>
       </c>
       <c r="B465" s="2" t="n">
         <v>11</v>
       </c>
       <c r="C465" s="2" t="n">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="D465" s="2" t="n">
-        <v>455</v>
+        <v>462</v>
       </c>
       <c r="E465" s="2" t="n">
-        <v>471</v>
+        <v>428</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="2" t="inlineStr">
         <is>
-          <t>Brandeis University</t>
+          <t>University of Hohenheim</t>
         </is>
       </c>
       <c r="B466" s="2" t="n">
         <v>11</v>
       </c>
       <c r="C466" s="2" t="n">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="D466" s="2" t="n">
-        <v>455</v>
+        <v>462</v>
       </c>
       <c r="E466" s="2" t="n">
-        <v>399</v>
+        <v>587</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="2" t="inlineStr">
         <is>
-          <t>South China Normal University</t>
+          <t>University of Trento</t>
         </is>
       </c>
       <c r="B467" s="2" t="n">
         <v>11</v>
       </c>
       <c r="C467" s="2" t="n">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D467" s="2" t="n">
-        <v>455</v>
+        <v>462</v>
       </c>
       <c r="E467" s="2" t="n">
-        <v>471</v>
+        <v>530</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="2" t="inlineStr">
         <is>
-          <t>University of Helsinki</t>
+          <t>South China Normal University</t>
         </is>
       </c>
       <c r="B468" s="2" t="n">
         <v>11</v>
       </c>
       <c r="C468" s="2" t="n">
         <v>10</v>
       </c>
       <c r="D468" s="2" t="n">
-        <v>455</v>
+        <v>462</v>
       </c>
       <c r="E468" s="2" t="n">
-        <v>471</v>
+        <v>478</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="2" t="inlineStr">
         <is>
-          <t>North China Electric Power University</t>
+          <t>University of Helsinki</t>
         </is>
       </c>
       <c r="B469" s="2" t="n">
         <v>11</v>
       </c>
       <c r="C469" s="2" t="n">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="D469" s="2" t="n">
-        <v>455</v>
+        <v>462</v>
       </c>
       <c r="E469" s="2" t="n">
-        <v>442</v>
+        <v>478</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="2" t="inlineStr">
         <is>
-          <t>University of Trento</t>
+          <t>National Sun Yat Sen University</t>
         </is>
       </c>
       <c r="B470" s="2" t="n">
         <v>11</v>
       </c>
       <c r="C470" s="2" t="n">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="D470" s="2" t="n">
-        <v>455</v>
+        <v>462</v>
       </c>
       <c r="E470" s="2" t="n">
-        <v>523</v>
+        <v>461</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="2" t="inlineStr">
         <is>
-          <t>Griffith University</t>
+          <t>University of Waikato</t>
         </is>
       </c>
       <c r="B471" s="2" t="n">
         <v>11</v>
       </c>
       <c r="C471" s="2" t="n">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D471" s="2" t="n">
-        <v>455</v>
+        <v>462</v>
       </c>
       <c r="E471" s="2" t="n">
-        <v>454</v>
+        <v>449</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="2" t="inlineStr">
         <is>
-          <t>University of Lethbridge</t>
+          <t>Griffith University</t>
         </is>
       </c>
       <c r="B472" s="2" t="n">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C472" s="2" t="n">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="D472" s="2" t="n">
-        <v>471</v>
+        <v>462</v>
       </c>
       <c r="E472" s="2" t="n">
-        <v>491</v>
+        <v>461</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="2" t="inlineStr">
         <is>
-          <t>Dublin City University</t>
+          <t>University of Lucerne</t>
         </is>
       </c>
       <c r="B473" s="2" t="n">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C473" s="2" t="n">
         <v>9</v>
       </c>
       <c r="D473" s="2" t="n">
-        <v>471</v>
+        <v>462</v>
       </c>
       <c r="E473" s="2" t="n">
-        <v>491</v>
+        <v>498</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="2" t="inlineStr">
         <is>
-          <t>National Central University</t>
+          <t>Brandeis University</t>
         </is>
       </c>
       <c r="B474" s="2" t="n">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C474" s="2" t="n">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D474" s="2" t="n">
-        <v>471</v>
+        <v>462</v>
       </c>
       <c r="E474" s="2" t="n">
-        <v>491</v>
+        <v>406</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="2" t="inlineStr">
         <is>
-          <t>University of Leicester</t>
+          <t>University of California, Santa Cruz</t>
         </is>
       </c>
       <c r="B475" s="2" t="n">
+        <v>11</v>
+      </c>
+      <c r="C475" s="2" t="n">
         <v>10</v>
       </c>
-      <c r="C475" s="2" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D475" s="2" t="n">
-        <v>471</v>
+        <v>462</v>
       </c>
       <c r="E475" s="2" t="n">
-        <v>491</v>
+        <v>478</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="2" t="inlineStr">
         <is>
-          <t>University of Coimbra</t>
+          <t>North China Electric Power University</t>
         </is>
       </c>
       <c r="B476" s="2" t="n">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C476" s="2" t="n">
         <v>12</v>
       </c>
       <c r="D476" s="2" t="n">
-        <v>471</v>
+        <v>462</v>
       </c>
       <c r="E476" s="2" t="n">
-        <v>442</v>
+        <v>449</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="2" t="inlineStr">
         <is>
-          <t>Heriot-Watt University</t>
+          <t>Birkbeck College, University of London</t>
         </is>
       </c>
       <c r="B477" s="2" t="n">
+        <v>11</v>
+      </c>
+      <c r="C477" s="2" t="n">
         <v>10</v>
       </c>
-      <c r="C477" s="2" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D477" s="2" t="n">
-        <v>471</v>
+        <v>462</v>
       </c>
       <c r="E477" s="2" t="n">
-        <v>523</v>
+        <v>478</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="2" t="inlineStr">
         <is>
-          <t>University of Freiburg</t>
+          <t>European University Institute</t>
         </is>
       </c>
       <c r="B478" s="2" t="n">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C478" s="2" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D478" s="2" t="n">
-        <v>471</v>
+        <v>462</v>
       </c>
       <c r="E478" s="2" t="n">
-        <v>471</v>
+        <v>498</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="2" t="inlineStr">
         <is>
-          <t>University of Milano-Bicocca</t>
+          <t>Middle Tennessee State University</t>
         </is>
       </c>
       <c r="B479" s="2" t="n">
         <v>10</v>
       </c>
       <c r="C479" s="2" t="n">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="D479" s="2" t="n">
-        <v>471</v>
+        <v>478</v>
       </c>
       <c r="E479" s="2" t="n">
-        <v>442</v>
+        <v>478</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="2" t="inlineStr">
         <is>
-          <t>University of St Andrews</t>
+          <t>National Central University</t>
         </is>
       </c>
       <c r="B480" s="2" t="n">
         <v>10</v>
       </c>
       <c r="C480" s="2" t="n">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="D480" s="2" t="n">
-        <v>471</v>
+        <v>478</v>
       </c>
       <c r="E480" s="2" t="n">
-        <v>523</v>
+        <v>498</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="2" t="inlineStr">
         <is>
-          <t>James Madison University</t>
+          <t>University of Ljubljana</t>
         </is>
       </c>
       <c r="B481" s="2" t="n">
         <v>10</v>
       </c>
       <c r="C481" s="2" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D481" s="2" t="n">
-        <v>471</v>
+        <v>478</v>
       </c>
       <c r="E481" s="2" t="n">
-        <v>433</v>
+        <v>449</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="2" t="inlineStr">
         <is>
-          <t>University of Otago</t>
+          <t>University of St Andrews</t>
         </is>
       </c>
       <c r="B482" s="2" t="n">
         <v>10</v>
       </c>
       <c r="C482" s="2" t="n">
         <v>7</v>
       </c>
       <c r="D482" s="2" t="n">
-        <v>471</v>
+        <v>478</v>
       </c>
       <c r="E482" s="2" t="n">
-        <v>523</v>
+        <v>530</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="2" t="inlineStr">
         <is>
-          <t>University of Ljubljana</t>
+          <t>University of Leicester</t>
         </is>
       </c>
       <c r="B483" s="2" t="n">
         <v>10</v>
       </c>
       <c r="C483" s="2" t="n">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D483" s="2" t="n">
-        <v>471</v>
+        <v>478</v>
       </c>
       <c r="E483" s="2" t="n">
-        <v>442</v>
+        <v>498</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="2" t="inlineStr">
         <is>
-          <t>University of Greenwich</t>
+          <t>University of Freiburg</t>
         </is>
       </c>
       <c r="B484" s="2" t="n">
         <v>10</v>
       </c>
       <c r="C484" s="2" t="n">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="D484" s="2" t="n">
-        <v>471</v>
+        <v>478</v>
       </c>
       <c r="E484" s="2" t="n">
-        <v>411</v>
+        <v>478</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" s="2" t="inlineStr">
         <is>
-          <t>Middle Tennessee State University</t>
+          <t>Dublin City University</t>
         </is>
       </c>
       <c r="B485" s="2" t="n">
         <v>10</v>
       </c>
       <c r="C485" s="2" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D485" s="2" t="n">
-        <v>471</v>
+        <v>478</v>
       </c>
       <c r="E485" s="2" t="n">
-        <v>471</v>
+        <v>498</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" s="2" t="inlineStr">
         <is>
-          <t>University of Fribourg</t>
+          <t>University of Coimbra</t>
         </is>
       </c>
       <c r="B486" s="2" t="n">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C486" s="2" t="n">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="D486" s="2" t="n">
-        <v>485</v>
+        <v>478</v>
       </c>
       <c r="E486" s="2" t="n">
-        <v>508</v>
+        <v>449</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" s="2" t="inlineStr">
         <is>
-          <t>Tokyo Institute of Technology</t>
+          <t>University of Greenwich</t>
         </is>
       </c>
       <c r="B487" s="2" t="n">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C487" s="2" t="n">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="D487" s="2" t="n">
-        <v>485</v>
+        <v>478</v>
       </c>
       <c r="E487" s="2" t="n">
-        <v>471</v>
+        <v>418</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" s="2" t="inlineStr">
         <is>
-          <t>University of Düsseldorf</t>
+          <t>University of Lethbridge</t>
         </is>
       </c>
       <c r="B488" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="C488" s="2" t="n">
         <v>9</v>
       </c>
-      <c r="C488" s="2" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D488" s="2" t="n">
-        <v>485</v>
+        <v>478</v>
       </c>
       <c r="E488" s="2" t="n">
-        <v>508</v>
+        <v>498</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" s="2" t="inlineStr">
         <is>
-          <t>Sogang University</t>
+          <t>University of Milano-Bicocca</t>
         </is>
       </c>
       <c r="B489" s="2" t="n">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C489" s="2" t="n">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D489" s="2" t="n">
-        <v>485</v>
+        <v>478</v>
       </c>
       <c r="E489" s="2" t="n">
-        <v>491</v>
+        <v>449</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" s="2" t="inlineStr">
         <is>
-          <t>Poznan University of Technology</t>
+          <t>James Madison University</t>
         </is>
       </c>
       <c r="B490" s="2" t="n">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C490" s="2" t="n">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="D490" s="2" t="n">
-        <v>485</v>
+        <v>478</v>
       </c>
       <c r="E490" s="2" t="n">
-        <v>523</v>
+        <v>440</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" s="2" t="inlineStr">
         <is>
-          <t>University of California, Merced</t>
+          <t>University of Otago</t>
         </is>
       </c>
       <c r="B491" s="2" t="n">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C491" s="2" t="n">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D491" s="2" t="n">
-        <v>485</v>
+        <v>478</v>
       </c>
       <c r="E491" s="2" t="n">
-        <v>491</v>
+        <v>530</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" s="2" t="inlineStr">
         <is>
-          <t>University of Milan</t>
+          <t>Heriot-Watt University</t>
         </is>
       </c>
       <c r="B492" s="2" t="n">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C492" s="2" t="n">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D492" s="2" t="n">
-        <v>485</v>
+        <v>478</v>
       </c>
       <c r="E492" s="2" t="n">
-        <v>555</v>
+        <v>530</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" s="2" t="inlineStr">
         <is>
-          <t>University of Portsmouth</t>
+          <t>Tokyo Institute of Technology</t>
         </is>
       </c>
       <c r="B493" s="2" t="n">
         <v>9</v>
       </c>
       <c r="C493" s="2" t="n">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="D493" s="2" t="n">
-        <v>485</v>
+        <v>492</v>
       </c>
       <c r="E493" s="2" t="n">
-        <v>508</v>
+        <v>478</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" s="2" t="inlineStr">
         <is>
-          <t>Ewha Womans University</t>
+          <t>Massey University</t>
         </is>
       </c>
       <c r="B494" s="2" t="n">
         <v>9</v>
       </c>
       <c r="C494" s="2" t="n">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="D494" s="2" t="n">
-        <v>485</v>
+        <v>492</v>
       </c>
       <c r="E494" s="2" t="n">
-        <v>491</v>
+        <v>461</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" s="2" t="inlineStr">
         <is>
-          <t>Osaka University</t>
+          <t>Poznan University of Technology</t>
         </is>
       </c>
       <c r="B495" s="2" t="n">
         <v>9</v>
       </c>
       <c r="C495" s="2" t="n">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D495" s="2" t="n">
-        <v>485</v>
+        <v>492</v>
       </c>
       <c r="E495" s="2" t="n">
-        <v>491</v>
+        <v>530</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" s="2" t="inlineStr">
         <is>
           <t>University of Potsdam</t>
         </is>
       </c>
       <c r="B496" s="2" t="n">
         <v>9</v>
       </c>
       <c r="C496" s="2" t="n">
         <v>8</v>
       </c>
       <c r="D496" s="2" t="n">
-        <v>485</v>
+        <v>492</v>
       </c>
       <c r="E496" s="2" t="n">
-        <v>508</v>
+        <v>515</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" s="2" t="inlineStr">
         <is>
-          <t>University of Perpignan</t>
+          <t>Osaka University</t>
         </is>
       </c>
       <c r="B497" s="2" t="n">
         <v>9</v>
       </c>
       <c r="C497" s="2" t="n">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="D497" s="2" t="n">
-        <v>485</v>
+        <v>492</v>
       </c>
       <c r="E497" s="2" t="n">
-        <v>454</v>
+        <v>498</v>
       </c>
     </row>
     <row r="498">
       <c r="A498" s="2" t="inlineStr">
         <is>
-          <t>Instituto Universitario de Lisboa</t>
+          <t>University of Portsmouth</t>
         </is>
       </c>
       <c r="B498" s="2" t="n">
         <v>9</v>
       </c>
       <c r="C498" s="2" t="n">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="D498" s="2" t="n">
-        <v>485</v>
+        <v>492</v>
       </c>
       <c r="E498" s="2" t="n">
-        <v>471</v>
+        <v>515</v>
       </c>
     </row>
     <row r="499">
       <c r="A499" s="2" t="inlineStr">
         <is>
-          <t>Auckland University of Technology</t>
+          <t>Ewha Womans University</t>
         </is>
       </c>
       <c r="B499" s="2" t="n">
         <v>9</v>
       </c>
       <c r="C499" s="2" t="n">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D499" s="2" t="n">
-        <v>485</v>
+        <v>492</v>
       </c>
       <c r="E499" s="2" t="n">
-        <v>442</v>
+        <v>498</v>
       </c>
     </row>
     <row r="500">
       <c r="A500" s="2" t="inlineStr">
         <is>
-          <t>Massey University</t>
+          <t>University of Milan</t>
         </is>
       </c>
       <c r="B500" s="2" t="n">
         <v>9</v>
       </c>
       <c r="C500" s="2" t="n">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="D500" s="2" t="n">
-        <v>485</v>
+        <v>492</v>
       </c>
       <c r="E500" s="2" t="n">
-        <v>454</v>
+        <v>563</v>
       </c>
     </row>
     <row r="501">
       <c r="A501" s="2" t="inlineStr">
         <is>
-          <t>Tohoku University</t>
+          <t>Sogang University</t>
         </is>
       </c>
       <c r="B501" s="2" t="n">
         <v>9</v>
       </c>
       <c r="C501" s="2" t="n">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="D501" s="2" t="n">
-        <v>485</v>
+        <v>492</v>
       </c>
       <c r="E501" s="2" t="n">
-        <v>577</v>
+        <v>498</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" s="2" t="inlineStr">
         <is>
-          <t>St Johns University</t>
+          <t>Auckland University of Technology</t>
         </is>
       </c>
       <c r="B502" s="2" t="n">
         <v>9</v>
       </c>
       <c r="C502" s="2" t="n">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D502" s="2" t="n">
-        <v>485</v>
+        <v>492</v>
       </c>
       <c r="E502" s="2" t="n">
-        <v>471</v>
+        <v>449</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" s="2" t="inlineStr">
         <is>
-          <t>University of Guelph</t>
+          <t>Tohoku University</t>
         </is>
       </c>
       <c r="B503" s="2" t="n">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C503" s="2" t="n">
         <v>5</v>
       </c>
       <c r="D503" s="2" t="n">
-        <v>502</v>
+        <v>492</v>
       </c>
       <c r="E503" s="2" t="n">
-        <v>577</v>
+        <v>587</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" s="2" t="inlineStr">
         <is>
-          <t>University of Klagenfurt</t>
+          <t>University of California, Merced</t>
         </is>
       </c>
       <c r="B504" s="2" t="n">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C504" s="2" t="n">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D504" s="2" t="n">
-        <v>502</v>
+        <v>492</v>
       </c>
       <c r="E504" s="2" t="n">
-        <v>508</v>
+        <v>498</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" s="2" t="inlineStr">
         <is>
-          <t>Catholic University of Eichstätt-Ingolstadt</t>
+          <t>University of Düsseldorf</t>
         </is>
       </c>
       <c r="B505" s="2" t="n">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C505" s="2" t="n">
         <v>8</v>
       </c>
       <c r="D505" s="2" t="n">
-        <v>502</v>
+        <v>492</v>
       </c>
       <c r="E505" s="2" t="n">
-        <v>508</v>
+        <v>515</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" s="2" t="inlineStr">
         <is>
-          <t>Kyushu University</t>
+          <t>Instituto Universitario de Lisboa</t>
         </is>
       </c>
       <c r="B506" s="2" t="n">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C506" s="2" t="n">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D506" s="2" t="n">
-        <v>502</v>
+        <v>492</v>
       </c>
       <c r="E506" s="2" t="n">
-        <v>491</v>
+        <v>478</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" s="2" t="inlineStr">
         <is>
-          <t>Federal University of Santa Catarina</t>
+          <t>University of Fribourg</t>
         </is>
       </c>
       <c r="B507" s="2" t="n">
+        <v>9</v>
+      </c>
+      <c r="C507" s="2" t="n">
         <v>8</v>
       </c>
-      <c r="C507" s="2" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D507" s="2" t="n">
-        <v>502</v>
+        <v>492</v>
       </c>
       <c r="E507" s="2" t="n">
-        <v>577</v>
+        <v>515</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" s="2" t="inlineStr">
         <is>
-          <t>University of Calabria</t>
+          <t>St Johns University</t>
         </is>
       </c>
       <c r="B508" s="2" t="n">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C508" s="2" t="n">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D508" s="2" t="n">
-        <v>502</v>
+        <v>492</v>
       </c>
       <c r="E508" s="2" t="n">
-        <v>523</v>
+        <v>478</v>
       </c>
     </row>
     <row r="509">
       <c r="A509" s="2" t="inlineStr">
         <is>
-          <t>Towson University</t>
+          <t>University of Perpignan</t>
         </is>
       </c>
       <c r="B509" s="2" t="n">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C509" s="2" t="n">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="D509" s="2" t="n">
-        <v>502</v>
+        <v>492</v>
       </c>
       <c r="E509" s="2" t="n">
-        <v>508</v>
+        <v>461</v>
       </c>
     </row>
     <row r="510">
       <c r="A510" s="2" t="inlineStr">
         <is>
-          <t>Reykjavik University</t>
+          <t>Towson University</t>
         </is>
       </c>
       <c r="B510" s="2" t="n">
         <v>8</v>
       </c>
       <c r="C510" s="2" t="n">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D510" s="2" t="n">
-        <v>502</v>
+        <v>509</v>
       </c>
       <c r="E510" s="2" t="n">
-        <v>523</v>
+        <v>515</v>
       </c>
     </row>
     <row r="511">
       <c r="A511" s="2" t="inlineStr">
         <is>
-          <t>University of Alabama Birmingham</t>
+          <t>University Autonoma Madrid</t>
         </is>
       </c>
       <c r="B511" s="2" t="n">
         <v>8</v>
       </c>
       <c r="C511" s="2" t="n">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D511" s="2" t="n">
-        <v>502</v>
+        <v>509</v>
       </c>
       <c r="E511" s="2" t="n">
-        <v>471</v>
+        <v>530</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" s="2" t="inlineStr">
         <is>
-          <t>University Autonoma Madrid</t>
+          <t>University of Guelph</t>
         </is>
       </c>
       <c r="B512" s="2" t="n">
         <v>8</v>
       </c>
       <c r="C512" s="2" t="n">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D512" s="2" t="n">
-        <v>502</v>
+        <v>509</v>
       </c>
       <c r="E512" s="2" t="n">
-        <v>523</v>
+        <v>587</v>
       </c>
     </row>
     <row r="513">
       <c r="A513" s="2" t="inlineStr">
         <is>
-          <t>European University Viadrina</t>
+          <t>University of Calabria</t>
         </is>
       </c>
       <c r="B513" s="2" t="n">
         <v>8</v>
       </c>
       <c r="C513" s="2" t="n">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="D513" s="2" t="n">
-        <v>502</v>
+        <v>509</v>
       </c>
       <c r="E513" s="2" t="n">
-        <v>442</v>
+        <v>530</v>
       </c>
     </row>
     <row r="514">
       <c r="A514" s="2" t="inlineStr">
         <is>
-          <t>Budapest University of Technology and Economics</t>
+          <t>Kyung Hee University</t>
         </is>
       </c>
       <c r="B514" s="2" t="n">
         <v>8</v>
       </c>
       <c r="C514" s="2" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D514" s="2" t="n">
-        <v>502</v>
+        <v>509</v>
       </c>
       <c r="E514" s="2" t="n">
-        <v>454</v>
+        <v>478</v>
       </c>
     </row>
     <row r="515">
       <c r="A515" s="2" t="inlineStr">
         <is>
-          <t>University of Valencia</t>
+          <t>University of Alabama Birmingham</t>
         </is>
       </c>
       <c r="B515" s="2" t="n">
         <v>8</v>
       </c>
       <c r="C515" s="2" t="n">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D515" s="2" t="n">
-        <v>502</v>
+        <v>509</v>
       </c>
       <c r="E515" s="2" t="n">
-        <v>491</v>
+        <v>478</v>
       </c>
     </row>
     <row r="516">
       <c r="A516" s="2" t="inlineStr">
         <is>
           <t>University of Minho</t>
         </is>
       </c>
       <c r="B516" s="2" t="n">
         <v>8</v>
       </c>
       <c r="C516" s="2" t="n">
         <v>7</v>
       </c>
       <c r="D516" s="2" t="n">
-        <v>502</v>
+        <v>509</v>
       </c>
       <c r="E516" s="2" t="n">
-        <v>523</v>
+        <v>530</v>
       </c>
     </row>
     <row r="517">
       <c r="A517" s="2" t="inlineStr">
         <is>
-          <t>King Abdulaziz University</t>
+          <t>Catholic University of Eichstätt-Ingolstadt</t>
         </is>
       </c>
       <c r="B517" s="2" t="n">
         <v>8</v>
       </c>
       <c r="C517" s="2" t="n">
         <v>8</v>
       </c>
       <c r="D517" s="2" t="n">
-        <v>502</v>
+        <v>509</v>
       </c>
       <c r="E517" s="2" t="n">
-        <v>508</v>
+        <v>515</v>
       </c>
     </row>
     <row r="518">
       <c r="A518" s="2" t="inlineStr">
         <is>
-          <t>Oakland University</t>
+          <t>University of Klagenfurt</t>
         </is>
       </c>
       <c r="B518" s="2" t="n">
         <v>8</v>
       </c>
       <c r="C518" s="2" t="n">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="D518" s="2" t="n">
-        <v>502</v>
+        <v>509</v>
       </c>
       <c r="E518" s="2" t="n">
-        <v>471</v>
+        <v>515</v>
       </c>
     </row>
     <row r="519">
       <c r="A519" s="2" t="inlineStr">
         <is>
-          <t>Kyung Hee University</t>
+          <t>University of Alicante</t>
         </is>
       </c>
       <c r="B519" s="2" t="n">
         <v>8</v>
       </c>
       <c r="C519" s="2" t="n">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D519" s="2" t="n">
-        <v>502</v>
+        <v>509</v>
       </c>
       <c r="E519" s="2" t="n">
-        <v>471</v>
+        <v>530</v>
       </c>
     </row>
     <row r="520">
       <c r="A520" s="2" t="inlineStr">
         <is>
-          <t>University of Alicante</t>
+          <t>Federal University of Santa Catarina</t>
         </is>
       </c>
       <c r="B520" s="2" t="n">
         <v>8</v>
       </c>
       <c r="C520" s="2" t="n">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D520" s="2" t="n">
-        <v>502</v>
+        <v>509</v>
       </c>
       <c r="E520" s="2" t="n">
-        <v>523</v>
+        <v>587</v>
       </c>
     </row>
     <row r="521">
       <c r="A521" s="2" t="inlineStr">
         <is>
-          <t>University of Pretoria</t>
+          <t>University of Valencia</t>
         </is>
       </c>
       <c r="B521" s="2" t="n">
         <v>8</v>
       </c>
       <c r="C521" s="2" t="n">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="D521" s="2" t="n">
-        <v>502</v>
+        <v>509</v>
       </c>
       <c r="E521" s="2" t="n">
-        <v>454</v>
+        <v>498</v>
       </c>
     </row>
     <row r="522">
       <c r="A522" s="2" t="inlineStr">
         <is>
-          <t>University of St Thomas Minnesota</t>
+          <t>Reykjavik University</t>
         </is>
       </c>
       <c r="B522" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="C522" s="2" t="n">
         <v>7</v>
       </c>
-      <c r="C522" s="2" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D522" s="2" t="n">
-        <v>521</v>
+        <v>509</v>
       </c>
       <c r="E522" s="2" t="n">
-        <v>491</v>
+        <v>530</v>
       </c>
     </row>
     <row r="523">
       <c r="A523" s="2" t="inlineStr">
         <is>
-          <t>University of Tsukuba</t>
+          <t>Kyushu University</t>
         </is>
       </c>
       <c r="B523" s="2" t="n">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C523" s="2" t="n">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D523" s="2" t="n">
-        <v>521</v>
+        <v>509</v>
       </c>
       <c r="E523" s="2" t="n">
-        <v>508</v>
+        <v>498</v>
       </c>
     </row>
     <row r="524">
       <c r="A524" s="2" t="inlineStr">
         <is>
-          <t>Keio University</t>
+          <t>King Abdulaziz University</t>
         </is>
       </c>
       <c r="B524" s="2" t="n">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C524" s="2" t="n">
         <v>8</v>
       </c>
       <c r="D524" s="2" t="n">
-        <v>521</v>
+        <v>509</v>
       </c>
       <c r="E524" s="2" t="n">
-        <v>508</v>
+        <v>515</v>
       </c>
     </row>
     <row r="525">
       <c r="A525" s="2" t="inlineStr">
         <is>
-          <t>University of Malaga</t>
+          <t>European University Viadrina</t>
         </is>
       </c>
       <c r="B525" s="2" t="n">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C525" s="2" t="n">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="D525" s="2" t="n">
-        <v>521</v>
+        <v>509</v>
       </c>
       <c r="E525" s="2" t="n">
-        <v>523</v>
+        <v>449</v>
       </c>
     </row>
     <row r="526">
       <c r="A526" s="2" t="inlineStr">
         <is>
-          <t>Catholic University of the Sacred Heart</t>
+          <t>University of Pretoria</t>
         </is>
       </c>
       <c r="B526" s="2" t="n">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C526" s="2" t="n">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="D526" s="2" t="n">
-        <v>521</v>
+        <v>509</v>
       </c>
       <c r="E526" s="2" t="n">
-        <v>555</v>
+        <v>461</v>
       </c>
     </row>
     <row r="527">
       <c r="A527" s="2" t="inlineStr">
         <is>
-          <t>University of Johannesburg</t>
+          <t>Oakland University</t>
         </is>
       </c>
       <c r="B527" s="2" t="n">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C527" s="2" t="n">
         <v>10</v>
       </c>
       <c r="D527" s="2" t="n">
-        <v>521</v>
+        <v>509</v>
       </c>
       <c r="E527" s="2" t="n">
-        <v>471</v>
+        <v>478</v>
       </c>
     </row>
     <row r="528">
       <c r="A528" s="2" t="inlineStr">
         <is>
-          <t>New York University Stern</t>
+          <t>Budapest University of Technology and Economics</t>
         </is>
       </c>
       <c r="B528" s="2" t="n">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C528" s="2" t="n">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="D528" s="2" t="n">
-        <v>521</v>
+        <v>509</v>
       </c>
       <c r="E528" s="2" t="n">
-        <v>555</v>
+        <v>461</v>
       </c>
     </row>
     <row r="529">
       <c r="A529" s="2" t="inlineStr">
         <is>
-          <t>Cyprus University of Technology</t>
+          <t>East Carolina University</t>
         </is>
       </c>
       <c r="B529" s="2" t="n">
         <v>7</v>
       </c>
       <c r="C529" s="2" t="n">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="D529" s="2" t="n">
-        <v>521</v>
+        <v>528</v>
       </c>
       <c r="E529" s="2" t="n">
-        <v>618</v>
+        <v>461</v>
       </c>
     </row>
     <row r="530">
       <c r="A530" s="2" t="inlineStr">
         <is>
-          <t>University of Chicago Booth School of Business</t>
+          <t>University of St Thomas Minnesota</t>
         </is>
       </c>
       <c r="B530" s="2" t="n">
         <v>7</v>
       </c>
       <c r="C530" s="2" t="n">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="D530" s="2" t="n">
-        <v>521</v>
+        <v>528</v>
       </c>
       <c r="E530" s="2" t="n">
-        <v>523</v>
+        <v>498</v>
       </c>
     </row>
     <row r="531">
       <c r="A531" s="2" t="inlineStr">
         <is>
-          <t>East Carolina University</t>
+          <t>University of Malaga</t>
         </is>
       </c>
       <c r="B531" s="2" t="n">
         <v>7</v>
       </c>
       <c r="C531" s="2" t="n">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="D531" s="2" t="n">
-        <v>521</v>
+        <v>528</v>
       </c>
       <c r="E531" s="2" t="n">
-        <v>454</v>
+        <v>530</v>
       </c>
     </row>
     <row r="532">
       <c r="A532" s="2" t="inlineStr">
         <is>
-          <t>King Fahd University of Petroleum and Minerals</t>
+          <t>University of Udine</t>
         </is>
       </c>
       <c r="B532" s="2" t="n">
         <v>7</v>
       </c>
       <c r="C532" s="2" t="n">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="D532" s="2" t="n">
-        <v>521</v>
+        <v>528</v>
       </c>
       <c r="E532" s="2" t="n">
-        <v>618</v>
+        <v>563</v>
       </c>
     </row>
     <row r="533">
       <c r="A533" s="2" t="inlineStr">
         <is>
-          <t>Doshisha University</t>
+          <t>University of Johannesburg</t>
         </is>
       </c>
       <c r="B533" s="2" t="n">
         <v>7</v>
       </c>
       <c r="C533" s="2" t="n">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D533" s="2" t="n">
-        <v>521</v>
+        <v>528</v>
       </c>
       <c r="E533" s="2" t="n">
-        <v>555</v>
+        <v>478</v>
       </c>
     </row>
     <row r="534">
       <c r="A534" s="2" t="inlineStr">
         <is>
-          <t>University of Lyon 2</t>
+          <t>New York University Stern</t>
         </is>
       </c>
       <c r="B534" s="2" t="n">
         <v>7</v>
       </c>
       <c r="C534" s="2" t="n">
         <v>6</v>
       </c>
       <c r="D534" s="2" t="n">
-        <v>521</v>
+        <v>528</v>
       </c>
       <c r="E534" s="2" t="n">
-        <v>555</v>
+        <v>563</v>
       </c>
     </row>
     <row r="535">
       <c r="A535" s="2" t="inlineStr">
         <is>
-          <t>Sharif University of Technology</t>
+          <t>University of Nebraska, Omaha</t>
         </is>
       </c>
       <c r="B535" s="2" t="n">
         <v>7</v>
       </c>
       <c r="C535" s="2" t="n">
         <v>7</v>
       </c>
       <c r="D535" s="2" t="n">
-        <v>521</v>
+        <v>528</v>
       </c>
       <c r="E535" s="2" t="n">
-        <v>523</v>
+        <v>530</v>
       </c>
     </row>
     <row r="536">
       <c r="A536" s="2" t="inlineStr">
         <is>
-          <t>Pusan National University</t>
+          <t>University of Chicago Booth School of Business</t>
         </is>
       </c>
       <c r="B536" s="2" t="n">
         <v>7</v>
       </c>
       <c r="C536" s="2" t="n">
         <v>7</v>
       </c>
       <c r="D536" s="2" t="n">
-        <v>521</v>
+        <v>528</v>
       </c>
       <c r="E536" s="2" t="n">
-        <v>523</v>
+        <v>530</v>
       </c>
     </row>
     <row r="537">
       <c r="A537" s="2" t="inlineStr">
         <is>
-          <t>University of Stuttgart</t>
+          <t>CUNEF University</t>
         </is>
       </c>
       <c r="B537" s="2" t="n">
         <v>7</v>
       </c>
       <c r="C537" s="2" t="n">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="D537" s="2" t="n">
-        <v>521</v>
+        <v>528</v>
       </c>
       <c r="E537" s="2" t="n">
-        <v>523</v>
+        <v>655</v>
       </c>
     </row>
     <row r="538">
       <c r="A538" s="2" t="inlineStr">
         <is>
-          <t>Manchester Metropolitan University</t>
+          <t>Pusan National University</t>
         </is>
       </c>
       <c r="B538" s="2" t="n">
         <v>7</v>
       </c>
       <c r="C538" s="2" t="n">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D538" s="2" t="n">
-        <v>521</v>
+        <v>528</v>
       </c>
       <c r="E538" s="2" t="n">
-        <v>577</v>
+        <v>530</v>
       </c>
     </row>
     <row r="539">
       <c r="A539" s="2" t="inlineStr">
         <is>
-          <t>University of Nebraska, Omaha</t>
+          <t>University of Tsukuba</t>
         </is>
       </c>
       <c r="B539" s="2" t="n">
         <v>7</v>
       </c>
       <c r="C539" s="2" t="n">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D539" s="2" t="n">
-        <v>521</v>
+        <v>528</v>
       </c>
       <c r="E539" s="2" t="n">
-        <v>523</v>
+        <v>515</v>
       </c>
     </row>
     <row r="540">
       <c r="A540" s="2" t="inlineStr">
         <is>
-          <t>Jiangsu Normal University</t>
+          <t>King Fahd University of Petroleum and Minerals</t>
         </is>
       </c>
       <c r="B540" s="2" t="n">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C540" s="2" t="n">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D540" s="2" t="n">
-        <v>539</v>
+        <v>528</v>
       </c>
       <c r="E540" s="2" t="n">
-        <v>523</v>
+        <v>628</v>
       </c>
     </row>
     <row r="541">
       <c r="A541" s="2" t="inlineStr">
         <is>
-          <t>Nagoya University</t>
+          <t>University of Lyon 2</t>
         </is>
       </c>
       <c r="B541" s="2" t="n">
+        <v>7</v>
+      </c>
+      <c r="C541" s="2" t="n">
         <v>6</v>
       </c>
-      <c r="C541" s="2" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D541" s="2" t="n">
-        <v>539</v>
+        <v>528</v>
       </c>
       <c r="E541" s="2" t="n">
-        <v>577</v>
+        <v>563</v>
       </c>
     </row>
     <row r="542">
       <c r="A542" s="2" t="inlineStr">
         <is>
-          <t>National Technical University of Athens</t>
+          <t>Doshisha University</t>
         </is>
       </c>
       <c r="B542" s="2" t="n">
+        <v>7</v>
+      </c>
+      <c r="C542" s="2" t="n">
         <v>6</v>
       </c>
-      <c r="C542" s="2" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D542" s="2" t="n">
-        <v>539</v>
+        <v>528</v>
       </c>
       <c r="E542" s="2" t="n">
-        <v>577</v>
+        <v>563</v>
       </c>
     </row>
     <row r="543">
       <c r="A543" s="2" t="inlineStr">
         <is>
-          <t>Chuo University</t>
+          <t>Catholic University of the Sacred Heart</t>
         </is>
       </c>
       <c r="B543" s="2" t="n">
+        <v>7</v>
+      </c>
+      <c r="C543" s="2" t="n">
         <v>6</v>
       </c>
-      <c r="C543" s="2" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D543" s="2" t="n">
-        <v>539</v>
+        <v>528</v>
       </c>
       <c r="E543" s="2" t="n">
-        <v>577</v>
+        <v>563</v>
       </c>
     </row>
     <row r="544">
       <c r="A544" s="2" t="inlineStr">
         <is>
-          <t>University of Malaya</t>
+          <t>Cyprus University of Technology</t>
         </is>
       </c>
       <c r="B544" s="2" t="n">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C544" s="2" t="n">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D544" s="2" t="n">
-        <v>539</v>
+        <v>528</v>
       </c>
       <c r="E544" s="2" t="n">
-        <v>523</v>
+        <v>628</v>
       </c>
     </row>
     <row r="545">
       <c r="A545" s="2" t="inlineStr">
         <is>
-          <t>University of Namur</t>
+          <t>University of Stuttgart</t>
         </is>
       </c>
       <c r="B545" s="2" t="n">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C545" s="2" t="n">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="D545" s="2" t="n">
-        <v>539</v>
+        <v>528</v>
       </c>
       <c r="E545" s="2" t="n">
-        <v>442</v>
+        <v>530</v>
       </c>
     </row>
     <row r="546">
       <c r="A546" s="2" t="inlineStr">
         <is>
-          <t>University of Bourgogne</t>
+          <t>Manchester Metropolitan University</t>
         </is>
       </c>
       <c r="B546" s="2" t="n">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C546" s="2" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D546" s="2" t="n">
-        <v>539</v>
+        <v>528</v>
       </c>
       <c r="E546" s="2" t="n">
-        <v>555</v>
+        <v>587</v>
       </c>
     </row>
     <row r="547">
       <c r="A547" s="2" t="inlineStr">
         <is>
-          <t>University of Hagen</t>
+          <t>Keio University</t>
         </is>
       </c>
       <c r="B547" s="2" t="n">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C547" s="2" t="n">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="D547" s="2" t="n">
-        <v>539</v>
+        <v>528</v>
       </c>
       <c r="E547" s="2" t="n">
-        <v>577</v>
+        <v>515</v>
       </c>
     </row>
     <row r="548">
       <c r="A548" s="2" t="inlineStr">
         <is>
-          <t>University of Basel</t>
+          <t>Sharif University of Technology</t>
         </is>
       </c>
       <c r="B548" s="2" t="n">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C548" s="2" t="n">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="D548" s="2" t="n">
-        <v>539</v>
+        <v>528</v>
       </c>
       <c r="E548" s="2" t="n">
-        <v>646</v>
+        <v>530</v>
       </c>
     </row>
     <row r="549">
       <c r="A549" s="2" t="inlineStr">
         <is>
-          <t>University of Tromso</t>
+          <t>University of Piraeus</t>
         </is>
       </c>
       <c r="B549" s="2" t="n">
         <v>6</v>
       </c>
       <c r="C549" s="2" t="n">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D549" s="2" t="n">
-        <v>539</v>
+        <v>548</v>
       </c>
       <c r="E549" s="2" t="n">
-        <v>577</v>
+        <v>563</v>
       </c>
     </row>
     <row r="550">
       <c r="A550" s="2" t="inlineStr">
         <is>
-          <t>Clarkson University</t>
+          <t>National Technical University of Athens</t>
         </is>
       </c>
       <c r="B550" s="2" t="n">
         <v>6</v>
       </c>
       <c r="C550" s="2" t="n">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D550" s="2" t="n">
-        <v>539</v>
+        <v>548</v>
       </c>
       <c r="E550" s="2" t="n">
-        <v>618</v>
+        <v>587</v>
       </c>
     </row>
     <row r="551">
       <c r="A551" s="2" t="inlineStr">
         <is>
-          <t>Yeungnam University</t>
+          <t>University of Namur</t>
         </is>
       </c>
       <c r="B551" s="2" t="n">
         <v>6</v>
       </c>
       <c r="C551" s="2" t="n">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="D551" s="2" t="n">
-        <v>539</v>
+        <v>548</v>
       </c>
       <c r="E551" s="2" t="n">
-        <v>577</v>
+        <v>449</v>
       </c>
     </row>
     <row r="552">
       <c r="A552" s="2" t="inlineStr">
         <is>
-          <t>University of Piraeus</t>
+          <t>University of Malaya</t>
         </is>
       </c>
       <c r="B552" s="2" t="n">
         <v>6</v>
       </c>
       <c r="C552" s="2" t="n">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D552" s="2" t="n">
-        <v>539</v>
+        <v>548</v>
       </c>
       <c r="E552" s="2" t="n">
-        <v>555</v>
+        <v>530</v>
       </c>
     </row>
     <row r="553">
       <c r="A553" s="2" t="inlineStr">
         <is>
-          <t>Hitotsubashi University</t>
+          <t>Clarkson University</t>
         </is>
       </c>
       <c r="B553" s="2" t="n">
         <v>6</v>
       </c>
       <c r="C553" s="2" t="n">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D553" s="2" t="n">
-        <v>539</v>
+        <v>548</v>
       </c>
       <c r="E553" s="2" t="n">
-        <v>523</v>
+        <v>628</v>
       </c>
     </row>
     <row r="554">
       <c r="A554" s="2" t="inlineStr">
         <is>
-          <t>University of Concepción</t>
+          <t>University of Basel</t>
         </is>
       </c>
       <c r="B554" s="2" t="n">
         <v>6</v>
       </c>
       <c r="C554" s="2" t="n">
         <v>3</v>
       </c>
       <c r="D554" s="2" t="n">
-        <v>539</v>
+        <v>548</v>
       </c>
       <c r="E554" s="2" t="n">
-        <v>646</v>
+        <v>655</v>
       </c>
     </row>
     <row r="555">
       <c r="A555" s="2" t="inlineStr">
         <is>
-          <t>University of Liege</t>
+          <t>Hitotsubashi University</t>
         </is>
       </c>
       <c r="B555" s="2" t="n">
         <v>6</v>
       </c>
       <c r="C555" s="2" t="n">
         <v>7</v>
       </c>
       <c r="D555" s="2" t="n">
-        <v>539</v>
+        <v>548</v>
       </c>
       <c r="E555" s="2" t="n">
-        <v>523</v>
+        <v>530</v>
       </c>
     </row>
     <row r="556">
       <c r="A556" s="2" t="inlineStr">
         <is>
-          <t>Ming Chuan University</t>
+          <t>University of Bourgogne</t>
         </is>
       </c>
       <c r="B556" s="2" t="n">
         <v>6</v>
       </c>
       <c r="C556" s="2" t="n">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D556" s="2" t="n">
-        <v>539</v>
+        <v>548</v>
       </c>
       <c r="E556" s="2" t="n">
-        <v>577</v>
+        <v>563</v>
       </c>
     </row>
     <row r="557">
       <c r="A557" s="2" t="inlineStr">
         <is>
-          <t>Kobe University</t>
+          <t>Western Washington University</t>
         </is>
       </c>
       <c r="B557" s="2" t="n">
         <v>6</v>
       </c>
       <c r="C557" s="2" t="n">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="D557" s="2" t="n">
-        <v>539</v>
+        <v>548</v>
       </c>
       <c r="E557" s="2" t="n">
-        <v>508</v>
+        <v>587</v>
       </c>
     </row>
     <row r="558">
       <c r="A558" s="2" t="inlineStr">
         <is>
-          <t>Western Washington University</t>
+          <t>Australian Catholic University</t>
         </is>
       </c>
       <c r="B558" s="2" t="n">
         <v>6</v>
       </c>
       <c r="C558" s="2" t="n">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D558" s="2" t="n">
-        <v>539</v>
+        <v>548</v>
       </c>
       <c r="E558" s="2" t="n">
-        <v>577</v>
+        <v>530</v>
       </c>
     </row>
     <row r="559">
       <c r="A559" s="2" t="inlineStr">
         <is>
-          <t>University of Regensburg</t>
+          <t>University of Liege</t>
         </is>
       </c>
       <c r="B559" s="2" t="n">
         <v>6</v>
       </c>
       <c r="C559" s="2" t="n">
         <v>7</v>
       </c>
       <c r="D559" s="2" t="n">
-        <v>539</v>
+        <v>548</v>
       </c>
       <c r="E559" s="2" t="n">
-        <v>523</v>
+        <v>530</v>
       </c>
     </row>
     <row r="560">
       <c r="A560" s="2" t="inlineStr">
         <is>
           <t>University of Montpellier 3</t>
         </is>
       </c>
       <c r="B560" s="2" t="n">
         <v>6</v>
       </c>
       <c r="C560" s="2" t="n">
         <v>7</v>
       </c>
       <c r="D560" s="2" t="n">
-        <v>539</v>
+        <v>548</v>
       </c>
       <c r="E560" s="2" t="n">
-        <v>523</v>
+        <v>530</v>
       </c>
     </row>
     <row r="561">
       <c r="A561" s="2" t="inlineStr">
         <is>
-          <t>University of Stirling</t>
+          <t>Bogazici University</t>
         </is>
       </c>
       <c r="B561" s="2" t="n">
         <v>6</v>
       </c>
       <c r="C561" s="2" t="n">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D561" s="2" t="n">
-        <v>539</v>
+        <v>548</v>
       </c>
       <c r="E561" s="2" t="n">
-        <v>523</v>
+        <v>587</v>
       </c>
     </row>
     <row r="562">
       <c r="A562" s="2" t="inlineStr">
         <is>
-          <t>Pace University</t>
+          <t>University of Sherbrooke</t>
         </is>
       </c>
       <c r="B562" s="2" t="n">
         <v>6</v>
       </c>
       <c r="C562" s="2" t="n">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D562" s="2" t="n">
-        <v>539</v>
+        <v>548</v>
       </c>
       <c r="E562" s="2" t="n">
-        <v>523</v>
+        <v>628</v>
       </c>
     </row>
     <row r="563">
       <c r="A563" s="2" t="inlineStr">
         <is>
-          <t>Tokyo Metropolitan University</t>
+          <t>University of Hagen</t>
         </is>
       </c>
       <c r="B563" s="2" t="n">
         <v>6</v>
       </c>
       <c r="C563" s="2" t="n">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="D563" s="2" t="n">
-        <v>539</v>
+        <v>548</v>
       </c>
       <c r="E563" s="2" t="n">
-        <v>508</v>
+        <v>587</v>
       </c>
     </row>
     <row r="564">
       <c r="A564" s="2" t="inlineStr">
         <is>
-          <t>Appalachian State University</t>
+          <t>Chuo University</t>
         </is>
       </c>
       <c r="B564" s="2" t="n">
         <v>6</v>
       </c>
       <c r="C564" s="2" t="n">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D564" s="2" t="n">
-        <v>539</v>
+        <v>548</v>
       </c>
       <c r="E564" s="2" t="n">
-        <v>523</v>
+        <v>587</v>
       </c>
     </row>
     <row r="565">
       <c r="A565" s="2" t="inlineStr">
         <is>
-          <t>Bogazici University</t>
+          <t>University of Regina</t>
         </is>
       </c>
       <c r="B565" s="2" t="n">
         <v>6</v>
       </c>
       <c r="C565" s="2" t="n">
         <v>5</v>
       </c>
       <c r="D565" s="2" t="n">
-        <v>539</v>
+        <v>548</v>
       </c>
       <c r="E565" s="2" t="n">
-        <v>577</v>
+        <v>587</v>
       </c>
     </row>
     <row r="566">
       <c r="A566" s="2" t="inlineStr">
         <is>
-          <t>University of Sherbrooke</t>
+          <t>Jiangsu Normal University</t>
         </is>
       </c>
       <c r="B566" s="2" t="n">
         <v>6</v>
       </c>
       <c r="C566" s="2" t="n">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D566" s="2" t="n">
-        <v>539</v>
+        <v>548</v>
       </c>
       <c r="E566" s="2" t="n">
-        <v>618</v>
+        <v>530</v>
       </c>
     </row>
     <row r="567">
       <c r="A567" s="2" t="inlineStr">
         <is>
-          <t>Federal University of Pernambuco</t>
+          <t>University of Concepción</t>
         </is>
       </c>
       <c r="B567" s="2" t="n">
         <v>6</v>
       </c>
       <c r="C567" s="2" t="n">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="D567" s="2" t="n">
-        <v>539</v>
+        <v>548</v>
       </c>
       <c r="E567" s="2" t="n">
-        <v>555</v>
+        <v>655</v>
       </c>
     </row>
     <row r="568">
       <c r="A568" s="2" t="inlineStr">
         <is>
-          <t>University of Regina</t>
+          <t>University of Stirling</t>
         </is>
       </c>
       <c r="B568" s="2" t="n">
         <v>6</v>
       </c>
       <c r="C568" s="2" t="n">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D568" s="2" t="n">
-        <v>539</v>
+        <v>548</v>
       </c>
       <c r="E568" s="2" t="n">
-        <v>577</v>
+        <v>530</v>
       </c>
     </row>
     <row r="569">
       <c r="A569" s="2" t="inlineStr">
         <is>
           <t>Paris School of Economics</t>
         </is>
       </c>
       <c r="B569" s="2" t="n">
         <v>6</v>
       </c>
       <c r="C569" s="2" t="n">
         <v>5</v>
       </c>
       <c r="D569" s="2" t="n">
-        <v>539</v>
+        <v>548</v>
       </c>
       <c r="E569" s="2" t="n">
-        <v>577</v>
+        <v>587</v>
       </c>
     </row>
     <row r="570">
       <c r="A570" s="2" t="inlineStr">
         <is>
-          <t>Jaume I University</t>
+          <t>University of Tromso</t>
         </is>
       </c>
       <c r="B570" s="2" t="n">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C570" s="2" t="n">
         <v>5</v>
       </c>
       <c r="D570" s="2" t="n">
-        <v>569</v>
+        <v>548</v>
       </c>
       <c r="E570" s="2" t="n">
-        <v>577</v>
+        <v>587</v>
       </c>
     </row>
     <row r="571">
       <c r="A571" s="2" t="inlineStr">
         <is>
-          <t>Cuny, Queens College</t>
+          <t>Yeungnam University</t>
         </is>
       </c>
       <c r="B571" s="2" t="n">
+        <v>6</v>
+      </c>
+      <c r="C571" s="2" t="n">
         <v>5</v>
       </c>
-      <c r="C571" s="2" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D571" s="2" t="n">
-        <v>569</v>
+        <v>548</v>
       </c>
       <c r="E571" s="2" t="n">
-        <v>683</v>
+        <v>587</v>
       </c>
     </row>
     <row r="572">
       <c r="A572" s="2" t="inlineStr">
         <is>
-          <t>University of Perugia</t>
+          <t>University of Regensburg</t>
         </is>
       </c>
       <c r="B572" s="2" t="n">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C572" s="2" t="n">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D572" s="2" t="n">
-        <v>569</v>
+        <v>548</v>
       </c>
       <c r="E572" s="2" t="n">
-        <v>555</v>
+        <v>530</v>
       </c>
     </row>
     <row r="573">
       <c r="A573" s="2" t="inlineStr">
         <is>
-          <t>University of Paris I</t>
+          <t>Nagoya University</t>
         </is>
       </c>
       <c r="B573" s="2" t="n">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C573" s="2" t="n">
         <v>5</v>
       </c>
       <c r="D573" s="2" t="n">
-        <v>569</v>
+        <v>548</v>
       </c>
       <c r="E573" s="2" t="n">
-        <v>577</v>
+        <v>587</v>
       </c>
     </row>
     <row r="574">
       <c r="A574" s="2" t="inlineStr">
         <is>
-          <t>Troy University</t>
+          <t>Ming Chuan University</t>
         </is>
       </c>
       <c r="B574" s="2" t="n">
+        <v>6</v>
+      </c>
+      <c r="C574" s="2" t="n">
         <v>5</v>
       </c>
-      <c r="C574" s="2" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D574" s="2" t="n">
-        <v>569</v>
+        <v>548</v>
       </c>
       <c r="E574" s="2" t="n">
-        <v>748</v>
+        <v>587</v>
       </c>
     </row>
     <row r="575">
       <c r="A575" s="2" t="inlineStr">
         <is>
-          <t>University of Saskatchewan</t>
+          <t>University of Deusto</t>
         </is>
       </c>
       <c r="B575" s="2" t="n">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C575" s="2" t="n">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D575" s="2" t="n">
-        <v>569</v>
+        <v>548</v>
       </c>
       <c r="E575" s="2" t="n">
-        <v>577</v>
+        <v>563</v>
       </c>
     </row>
     <row r="576">
       <c r="A576" s="2" t="inlineStr">
         <is>
-          <t>University Autonoma Barcelona</t>
+          <t>Kobe University</t>
         </is>
       </c>
       <c r="B576" s="2" t="n">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C576" s="2" t="n">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="D576" s="2" t="n">
-        <v>569</v>
+        <v>548</v>
       </c>
       <c r="E576" s="2" t="n">
-        <v>555</v>
+        <v>515</v>
       </c>
     </row>
     <row r="577">
       <c r="A577" s="2" t="inlineStr">
         <is>
-          <t>Pablo Olavide University</t>
+          <t>Appalachian State University</t>
         </is>
       </c>
       <c r="B577" s="2" t="n">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C577" s="2" t="n">
         <v>7</v>
       </c>
       <c r="D577" s="2" t="n">
-        <v>569</v>
+        <v>548</v>
       </c>
       <c r="E577" s="2" t="n">
-        <v>523</v>
+        <v>530</v>
       </c>
     </row>
     <row r="578">
       <c r="A578" s="2" t="inlineStr">
         <is>
-          <t>Ucla Anderson School of Management</t>
+          <t>Pace University</t>
         </is>
       </c>
       <c r="B578" s="2" t="n">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C578" s="2" t="n">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D578" s="2" t="n">
-        <v>569</v>
+        <v>548</v>
       </c>
       <c r="E578" s="2" t="n">
-        <v>577</v>
+        <v>530</v>
       </c>
     </row>
     <row r="579">
       <c r="A579" s="2" t="inlineStr">
         <is>
-          <t>Federal University of Minas Gerais</t>
+          <t>Federal University of Pernambuco</t>
         </is>
       </c>
       <c r="B579" s="2" t="n">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C579" s="2" t="n">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="D579" s="2" t="n">
-        <v>569</v>
+        <v>548</v>
       </c>
       <c r="E579" s="2" t="n">
-        <v>618</v>
+        <v>563</v>
       </c>
     </row>
     <row r="580">
       <c r="A580" s="2" t="inlineStr">
         <is>
-          <t>La Trobe University</t>
+          <t>Tokyo Metropolitan University</t>
         </is>
       </c>
       <c r="B580" s="2" t="n">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C580" s="2" t="n">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D580" s="2" t="n">
-        <v>569</v>
+        <v>548</v>
       </c>
       <c r="E580" s="2" t="n">
-        <v>523</v>
+        <v>515</v>
       </c>
     </row>
     <row r="581">
       <c r="A581" s="2" t="inlineStr">
         <is>
-          <t>National Taipei University</t>
+          <t>University Autonoma Barcelona</t>
         </is>
       </c>
       <c r="B581" s="2" t="n">
         <v>5</v>
       </c>
       <c r="C581" s="2" t="n">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="D581" s="2" t="n">
-        <v>569</v>
+        <v>580</v>
       </c>
       <c r="E581" s="2" t="n">
-        <v>646</v>
+        <v>563</v>
       </c>
     </row>
     <row r="582">
       <c r="A582" s="2" t="inlineStr">
         <is>
-          <t>University of Hull</t>
+          <t>University la Laguna</t>
         </is>
       </c>
       <c r="B582" s="2" t="n">
         <v>5</v>
       </c>
       <c r="C582" s="2" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D582" s="2" t="n">
-        <v>569</v>
+        <v>580</v>
       </c>
       <c r="E582" s="2" t="n">
-        <v>555</v>
+        <v>587</v>
       </c>
     </row>
     <row r="583">
       <c r="A583" s="2" t="inlineStr">
         <is>
-          <t>Romanian Academy of Sciences</t>
+          <t>Barcelona Graduate School of Economics</t>
         </is>
       </c>
       <c r="B583" s="2" t="n">
         <v>5</v>
       </c>
       <c r="C583" s="2" t="n">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="D583" s="2" t="n">
-        <v>569</v>
+        <v>580</v>
       </c>
       <c r="E583" s="2" t="n">
-        <v>555</v>
+        <v>515</v>
       </c>
     </row>
     <row r="584">
       <c r="A584" s="2" t="inlineStr">
         <is>
-          <t>Barcelona Graduate School of Economics</t>
+          <t>University of Buenos Aires</t>
         </is>
       </c>
       <c r="B584" s="2" t="n">
         <v>5</v>
       </c>
       <c r="C584" s="2" t="n">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="D584" s="2" t="n">
-        <v>569</v>
+        <v>580</v>
       </c>
       <c r="E584" s="2" t="n">
-        <v>508</v>
+        <v>587</v>
       </c>
     </row>
     <row r="585">
       <c r="A585" s="2" t="inlineStr">
         <is>
-          <t>Saint Petersburg State University</t>
+          <t>University of Westminster</t>
         </is>
       </c>
       <c r="B585" s="2" t="n">
         <v>5</v>
       </c>
       <c r="C585" s="2" t="n">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D585" s="2" t="n">
-        <v>569</v>
+        <v>580</v>
       </c>
       <c r="E585" s="2" t="n">
-        <v>555</v>
+        <v>530</v>
       </c>
     </row>
     <row r="586">
       <c r="A586" s="2" t="inlineStr">
         <is>
-          <t>University of Massachusetts, Dartmouth</t>
+          <t>Hiroshima University</t>
         </is>
       </c>
       <c r="B586" s="2" t="n">
         <v>5</v>
       </c>
       <c r="C586" s="2" t="n">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D586" s="2" t="n">
-        <v>569</v>
+        <v>580</v>
       </c>
       <c r="E586" s="2" t="n">
-        <v>618</v>
+        <v>587</v>
       </c>
     </row>
     <row r="587">
       <c r="A587" s="2" t="inlineStr">
         <is>
-          <t>Clark University</t>
+          <t>University of Hull</t>
         </is>
       </c>
       <c r="B587" s="2" t="n">
         <v>5</v>
       </c>
       <c r="C587" s="2" t="n">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D587" s="2" t="n">
-        <v>569</v>
+        <v>580</v>
       </c>
       <c r="E587" s="2" t="n">
-        <v>577</v>
+        <v>563</v>
       </c>
     </row>
     <row r="588">
       <c r="A588" s="2" t="inlineStr">
         <is>
-          <t>University of Toledo</t>
+          <t>Troy University</t>
         </is>
       </c>
       <c r="B588" s="2" t="n">
         <v>5</v>
       </c>
       <c r="C588" s="2" t="n">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D588" s="2" t="n">
-        <v>569</v>
+        <v>580</v>
       </c>
       <c r="E588" s="2" t="n">
-        <v>618</v>
+        <v>762</v>
       </c>
     </row>
     <row r="589">
       <c r="A589" s="2" t="inlineStr">
         <is>
-          <t>Universidade Federal de Sao Carlos</t>
+          <t>Ucla Anderson School of Management</t>
         </is>
       </c>
       <c r="B589" s="2" t="n">
         <v>5</v>
       </c>
       <c r="C589" s="2" t="n">
         <v>5</v>
       </c>
       <c r="D589" s="2" t="n">
-        <v>569</v>
+        <v>580</v>
       </c>
       <c r="E589" s="2" t="n">
-        <v>577</v>
+        <v>587</v>
       </c>
     </row>
     <row r="590">
       <c r="A590" s="2" t="inlineStr">
         <is>
-          <t>University of Buenos Aires</t>
+          <t>National Taipei University</t>
         </is>
       </c>
       <c r="B590" s="2" t="n">
         <v>5</v>
       </c>
       <c r="C590" s="2" t="n">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D590" s="2" t="n">
-        <v>569</v>
+        <v>580</v>
       </c>
       <c r="E590" s="2" t="n">
-        <v>577</v>
+        <v>655</v>
       </c>
     </row>
     <row r="591">
       <c r="A591" s="2" t="inlineStr">
         <is>
-          <t>University of Westminster</t>
+          <t>Cuny, Queens College</t>
         </is>
       </c>
       <c r="B591" s="2" t="n">
         <v>5</v>
       </c>
       <c r="C591" s="2" t="n">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="D591" s="2" t="n">
-        <v>569</v>
+        <v>580</v>
       </c>
       <c r="E591" s="2" t="n">
-        <v>523</v>
+        <v>696</v>
       </c>
     </row>
     <row r="592">
       <c r="A592" s="2" t="inlineStr">
         <is>
-          <t>University of Akron</t>
+          <t>Clark University</t>
         </is>
       </c>
       <c r="B592" s="2" t="n">
         <v>5</v>
       </c>
       <c r="C592" s="2" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D592" s="2" t="n">
-        <v>569</v>
+        <v>580</v>
       </c>
       <c r="E592" s="2" t="n">
-        <v>555</v>
+        <v>587</v>
       </c>
     </row>
     <row r="593">
       <c r="A593" s="2" t="inlineStr">
         <is>
-          <t>University la Laguna</t>
+          <t>Federal University of Minas Gerais</t>
         </is>
       </c>
       <c r="B593" s="2" t="n">
         <v>5</v>
       </c>
       <c r="C593" s="2" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D593" s="2" t="n">
-        <v>569</v>
+        <v>580</v>
       </c>
       <c r="E593" s="2" t="n">
-        <v>577</v>
+        <v>628</v>
       </c>
     </row>
     <row r="594">
       <c r="A594" s="2" t="inlineStr">
         <is>
-          <t>Lomonosov Moscow State University</t>
+          <t>Romanian Academy of Sciences</t>
         </is>
       </c>
       <c r="B594" s="2" t="n">
         <v>5</v>
       </c>
       <c r="C594" s="2" t="n">
         <v>6</v>
       </c>
       <c r="D594" s="2" t="n">
-        <v>569</v>
+        <v>580</v>
       </c>
       <c r="E594" s="2" t="n">
-        <v>555</v>
+        <v>563</v>
       </c>
     </row>
     <row r="595">
       <c r="A595" s="2" t="inlineStr">
         <is>
-          <t>University of Salerno</t>
+          <t>University of New Brunswick</t>
         </is>
       </c>
       <c r="B595" s="2" t="n">
         <v>5</v>
       </c>
       <c r="C595" s="2" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D595" s="2" t="n">
-        <v>569</v>
+        <v>580</v>
       </c>
       <c r="E595" s="2" t="n">
-        <v>618</v>
+        <v>655</v>
       </c>
     </row>
     <row r="596">
       <c r="A596" s="2" t="inlineStr">
         <is>
-          <t>University of Verona</t>
+          <t>University of Saskatchewan</t>
         </is>
       </c>
       <c r="B596" s="2" t="n">
         <v>5</v>
       </c>
       <c r="C596" s="2" t="n">
         <v>5</v>
       </c>
       <c r="D596" s="2" t="n">
-        <v>569</v>
+        <v>580</v>
       </c>
       <c r="E596" s="2" t="n">
-        <v>577</v>
+        <v>587</v>
       </c>
     </row>
     <row r="597">
       <c r="A597" s="2" t="inlineStr">
         <is>
-          <t>Fukuoka University</t>
+          <t>University of Perugia</t>
         </is>
       </c>
       <c r="B597" s="2" t="n">
         <v>5</v>
       </c>
       <c r="C597" s="2" t="n">
         <v>6</v>
       </c>
       <c r="D597" s="2" t="n">
-        <v>569</v>
+        <v>580</v>
       </c>
       <c r="E597" s="2" t="n">
-        <v>555</v>
+        <v>563</v>
       </c>
     </row>
     <row r="598">
       <c r="A598" s="2" t="inlineStr">
         <is>
-          <t>Hiroshima University</t>
+          <t>Jaume I University</t>
         </is>
       </c>
       <c r="B598" s="2" t="n">
         <v>5</v>
       </c>
       <c r="C598" s="2" t="n">
         <v>5</v>
       </c>
       <c r="D598" s="2" t="n">
-        <v>569</v>
+        <v>580</v>
       </c>
       <c r="E598" s="2" t="n">
-        <v>577</v>
+        <v>587</v>
       </c>
     </row>
     <row r="599">
       <c r="A599" s="2" t="inlineStr">
         <is>
-          <t>North Dakota State University</t>
+          <t>University of Toledo</t>
         </is>
       </c>
       <c r="B599" s="2" t="n">
+        <v>5</v>
+      </c>
+      <c r="C599" s="2" t="n">
         <v>4</v>
       </c>
-      <c r="C599" s="2" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D599" s="2" t="n">
-        <v>598</v>
+        <v>580</v>
       </c>
       <c r="E599" s="2" t="n">
-        <v>577</v>
+        <v>628</v>
       </c>
     </row>
     <row r="600">
       <c r="A600" s="2" t="inlineStr">
         <is>
-          <t>Louisiana Technical University</t>
+          <t>Universidade Federal de Sao Carlos</t>
         </is>
       </c>
       <c r="B600" s="2" t="n">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C600" s="2" t="n">
         <v>5</v>
       </c>
       <c r="D600" s="2" t="n">
-        <v>598</v>
+        <v>580</v>
       </c>
       <c r="E600" s="2" t="n">
-        <v>577</v>
+        <v>587</v>
       </c>
     </row>
     <row r="601">
       <c r="A601" s="2" t="inlineStr">
         <is>
-          <t>University of Marburg</t>
+          <t>Pablo Olavide University</t>
         </is>
       </c>
       <c r="B601" s="2" t="n">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C601" s="2" t="n">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D601" s="2" t="n">
-        <v>598</v>
+        <v>580</v>
       </c>
       <c r="E601" s="2" t="n">
-        <v>577</v>
+        <v>530</v>
       </c>
     </row>
     <row r="602">
       <c r="A602" s="2" t="inlineStr">
         <is>
-          <t>Zhengzhou University</t>
+          <t>Saint Petersburg State University</t>
         </is>
       </c>
       <c r="B602" s="2" t="n">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C602" s="2" t="n">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="D602" s="2" t="n">
-        <v>598</v>
+        <v>580</v>
       </c>
       <c r="E602" s="2" t="n">
-        <v>683</v>
+        <v>563</v>
       </c>
     </row>
     <row r="603">
       <c r="A603" s="2" t="inlineStr">
         <is>
-          <t>Soongsil University</t>
+          <t>University of Akron</t>
         </is>
       </c>
       <c r="B603" s="2" t="n">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C603" s="2" t="n">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="D603" s="2" t="n">
-        <v>598</v>
+        <v>580</v>
       </c>
       <c r="E603" s="2" t="n">
-        <v>618</v>
+        <v>563</v>
       </c>
     </row>
     <row r="604">
       <c r="A604" s="2" t="inlineStr">
         <is>
-          <t>Federal University of Rio Grande Sul</t>
+          <t>University of Verona</t>
         </is>
       </c>
       <c r="B604" s="2" t="n">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C604" s="2" t="n">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D604" s="2" t="n">
-        <v>598</v>
+        <v>580</v>
       </c>
       <c r="E604" s="2" t="n">
-        <v>646</v>
+        <v>587</v>
       </c>
     </row>
     <row r="605">
       <c r="A605" s="2" t="inlineStr">
         <is>
-          <t>University of Idaho</t>
+          <t>University of Paris I</t>
         </is>
       </c>
       <c r="B605" s="2" t="n">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C605" s="2" t="n">
         <v>5</v>
       </c>
       <c r="D605" s="2" t="n">
-        <v>598</v>
+        <v>580</v>
       </c>
       <c r="E605" s="2" t="n">
-        <v>577</v>
+        <v>587</v>
       </c>
     </row>
     <row r="606">
       <c r="A606" s="2" t="inlineStr">
         <is>
-          <t>Gonzaga University</t>
+          <t>University of Salerno</t>
         </is>
       </c>
       <c r="B606" s="2" t="n">
+        <v>5</v>
+      </c>
+      <c r="C606" s="2" t="n">
         <v>4</v>
       </c>
-      <c r="C606" s="2" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D606" s="2" t="n">
-        <v>598</v>
+        <v>580</v>
       </c>
       <c r="E606" s="2" t="n">
-        <v>646</v>
+        <v>628</v>
       </c>
     </row>
     <row r="607">
       <c r="A607" s="2" t="inlineStr">
         <is>
-          <t>Hosei University</t>
+          <t>University of Massachusetts, Dartmouth</t>
         </is>
       </c>
       <c r="B607" s="2" t="n">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C607" s="2" t="n">
         <v>4</v>
       </c>
       <c r="D607" s="2" t="n">
-        <v>598</v>
+        <v>580</v>
       </c>
       <c r="E607" s="2" t="n">
-        <v>618</v>
+        <v>628</v>
       </c>
     </row>
     <row r="608">
       <c r="A608" s="2" t="inlineStr">
         <is>
-          <t>Hofstra University</t>
+          <t>La Trobe University</t>
         </is>
       </c>
       <c r="B608" s="2" t="n">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C608" s="2" t="n">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D608" s="2" t="n">
-        <v>598</v>
+        <v>580</v>
       </c>
       <c r="E608" s="2" t="n">
-        <v>577</v>
+        <v>530</v>
       </c>
     </row>
     <row r="609">
       <c r="A609" s="2" t="inlineStr">
         <is>
-          <t>University Mohammed VI Polytechnic</t>
+          <t>Lomonosov Moscow State University</t>
         </is>
       </c>
       <c r="B609" s="2" t="n">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C609" s="2" t="n">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="D609" s="2" t="n">
-        <v>598</v>
+        <v>580</v>
       </c>
       <c r="E609" s="2" t="n">
-        <v>646</v>
+        <v>563</v>
       </c>
     </row>
     <row r="610">
       <c r="A610" s="2" t="inlineStr">
         <is>
-          <t>Ball State University</t>
+          <t>Fukuoka University</t>
         </is>
       </c>
       <c r="B610" s="2" t="n">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C610" s="2" t="n">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="D610" s="2" t="n">
-        <v>598</v>
+        <v>580</v>
       </c>
       <c r="E610" s="2" t="n">
-        <v>618</v>
+        <v>563</v>
       </c>
     </row>
     <row r="611">
       <c r="A611" s="2" t="inlineStr">
         <is>
-          <t>Central Michigan University</t>
+          <t>University Mohammed VI Polytechnic</t>
         </is>
       </c>
       <c r="B611" s="2" t="n">
         <v>4</v>
       </c>
       <c r="C611" s="2" t="n">
         <v>3</v>
       </c>
       <c r="D611" s="2" t="n">
-        <v>598</v>
+        <v>610</v>
       </c>
       <c r="E611" s="2" t="n">
-        <v>646</v>
+        <v>655</v>
       </c>
     </row>
     <row r="612">
       <c r="A612" s="2" t="inlineStr">
         <is>
-          <t>University of Louisiana, Lafayette</t>
+          <t>University of Idaho</t>
         </is>
       </c>
       <c r="B612" s="2" t="n">
         <v>4</v>
       </c>
       <c r="C612" s="2" t="n">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="D612" s="2" t="n">
-        <v>598</v>
+        <v>610</v>
       </c>
       <c r="E612" s="2" t="n">
-        <v>748</v>
+        <v>587</v>
       </c>
     </row>
     <row r="613">
       <c r="A613" s="2" t="inlineStr">
         <is>
-          <t>University of Winnipeg</t>
+          <t>Hokkaido University</t>
         </is>
       </c>
       <c r="B613" s="2" t="n">
         <v>4</v>
       </c>
       <c r="C613" s="2" t="n">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="D613" s="2" t="n">
-        <v>598</v>
+        <v>610</v>
       </c>
       <c r="E613" s="2" t="n">
-        <v>618</v>
+        <v>563</v>
       </c>
     </row>
     <row r="614">
       <c r="A614" s="2" t="inlineStr">
         <is>
-          <t>University of Thessaly</t>
+          <t>Soongsil University</t>
         </is>
       </c>
       <c r="B614" s="2" t="n">
         <v>4</v>
       </c>
       <c r="C614" s="2" t="n">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D614" s="2" t="n">
-        <v>598</v>
+        <v>610</v>
       </c>
       <c r="E614" s="2" t="n">
-        <v>646</v>
+        <v>628</v>
       </c>
     </row>
     <row r="615">
       <c r="A615" s="2" t="inlineStr">
         <is>
-          <t>University of Parma</t>
+          <t>Hosei University</t>
         </is>
       </c>
       <c r="B615" s="2" t="n">
         <v>4</v>
       </c>
       <c r="C615" s="2" t="n">
         <v>4</v>
       </c>
       <c r="D615" s="2" t="n">
-        <v>598</v>
+        <v>610</v>
       </c>
       <c r="E615" s="2" t="n">
-        <v>618</v>
+        <v>628</v>
       </c>
     </row>
     <row r="616">
       <c r="A616" s="2" t="inlineStr">
         <is>
-          <t>University of Basque Country</t>
+          <t>North Dakota State University</t>
         </is>
       </c>
       <c r="B616" s="2" t="n">
         <v>4</v>
       </c>
       <c r="C616" s="2" t="n">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D616" s="2" t="n">
-        <v>598</v>
+        <v>610</v>
       </c>
       <c r="E616" s="2" t="n">
-        <v>618</v>
+        <v>587</v>
       </c>
     </row>
     <row r="617">
       <c r="A617" s="2" t="inlineStr">
         <is>
-          <t>University of California, San Francisco</t>
+          <t>Zhengzhou University</t>
         </is>
       </c>
       <c r="B617" s="2" t="n">
         <v>4</v>
       </c>
       <c r="C617" s="2" t="n">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="D617" s="2" t="n">
-        <v>598</v>
+        <v>610</v>
       </c>
       <c r="E617" s="2" t="n">
-        <v>577</v>
+        <v>696</v>
       </c>
     </row>
     <row r="618">
       <c r="A618" s="2" t="inlineStr">
         <is>
-          <t>Hokkaido University</t>
+          <t>Adam Mickiewicz University Poznan</t>
         </is>
       </c>
       <c r="B618" s="2" t="n">
         <v>4</v>
       </c>
       <c r="C618" s="2" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D618" s="2" t="n">
-        <v>598</v>
+        <v>610</v>
       </c>
       <c r="E618" s="2" t="n">
-        <v>555</v>
+        <v>587</v>
       </c>
     </row>
     <row r="619">
       <c r="A619" s="2" t="inlineStr">
         <is>
-          <t>Universite Mohammed V de Rabat</t>
+          <t>National Chung Hsing University</t>
         </is>
       </c>
       <c r="B619" s="2" t="n">
         <v>4</v>
       </c>
       <c r="C619" s="2" t="n">
         <v>2</v>
       </c>
       <c r="D619" s="2" t="n">
-        <v>598</v>
+        <v>610</v>
       </c>
       <c r="E619" s="2" t="n">
-        <v>683</v>
+        <v>696</v>
       </c>
     </row>
     <row r="620">
       <c r="A620" s="2" t="inlineStr">
         <is>
-          <t>University of Talca</t>
+          <t>Gonzaga University</t>
         </is>
       </c>
       <c r="B620" s="2" t="n">
         <v>4</v>
       </c>
       <c r="C620" s="2" t="n">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D620" s="2" t="n">
-        <v>598</v>
+        <v>610</v>
       </c>
       <c r="E620" s="2" t="n">
-        <v>577</v>
+        <v>655</v>
       </c>
     </row>
     <row r="621">
       <c r="A621" s="2" t="inlineStr">
         <is>
-          <t>National Chung Hsing University</t>
+          <t>University of Louisiana, Lafayette</t>
         </is>
       </c>
       <c r="B621" s="2" t="n">
         <v>4</v>
       </c>
       <c r="C621" s="2" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D621" s="2" t="n">
-        <v>598</v>
+        <v>610</v>
       </c>
       <c r="E621" s="2" t="n">
-        <v>683</v>
+        <v>762</v>
       </c>
     </row>
     <row r="622">
       <c r="A622" s="2" t="inlineStr">
         <is>
-          <t>University of Brasilia</t>
+          <t>Universite Mohammed V de Rabat</t>
         </is>
       </c>
       <c r="B622" s="2" t="n">
         <v>4</v>
       </c>
       <c r="C622" s="2" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D622" s="2" t="n">
-        <v>598</v>
+        <v>610</v>
       </c>
       <c r="E622" s="2" t="n">
-        <v>646</v>
+        <v>696</v>
       </c>
     </row>
     <row r="623">
       <c r="A623" s="2" t="inlineStr">
         <is>
-          <t>Adam Mickiewicz University Poznan</t>
+          <t>Ball State University</t>
         </is>
       </c>
       <c r="B623" s="2" t="n">
         <v>4</v>
       </c>
       <c r="C623" s="2" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D623" s="2" t="n">
-        <v>598</v>
+        <v>610</v>
       </c>
       <c r="E623" s="2" t="n">
-        <v>577</v>
+        <v>628</v>
       </c>
     </row>
     <row r="624">
       <c r="A624" s="2" t="inlineStr">
         <is>
-          <t>University of Cagliari</t>
+          <t>University of California, San Francisco</t>
         </is>
       </c>
       <c r="B624" s="2" t="n">
         <v>4</v>
       </c>
       <c r="C624" s="2" t="n">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D624" s="2" t="n">
-        <v>598</v>
+        <v>610</v>
       </c>
       <c r="E624" s="2" t="n">
-        <v>618</v>
+        <v>587</v>
       </c>
     </row>
     <row r="625">
       <c r="A625" s="2" t="inlineStr">
         <is>
-          <t>University of Zaragoza</t>
+          <t>University of Thessaly</t>
         </is>
       </c>
       <c r="B625" s="2" t="n">
         <v>4</v>
       </c>
       <c r="C625" s="2" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D625" s="2" t="n">
-        <v>598</v>
+        <v>610</v>
       </c>
       <c r="E625" s="2" t="n">
-        <v>683</v>
+        <v>655</v>
       </c>
     </row>
     <row r="626">
       <c r="A626" s="2" t="inlineStr">
         <is>
-          <t>Abo Akademie University</t>
+          <t>University of Talca</t>
         </is>
       </c>
       <c r="B626" s="2" t="n">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="C626" s="2" t="n">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="D626" s="2" t="n">
-        <v>625</v>
+        <v>610</v>
       </c>
       <c r="E626" s="2" t="n">
-        <v>748</v>
+        <v>587</v>
       </c>
     </row>
     <row r="627">
       <c r="A627" s="2" t="inlineStr">
         <is>
-          <t>University of Basilicata</t>
+          <t>Louisiana Technical University</t>
         </is>
       </c>
       <c r="B627" s="2" t="n">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="C627" s="2" t="n">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D627" s="2" t="n">
-        <v>625</v>
+        <v>610</v>
       </c>
       <c r="E627" s="2" t="n">
-        <v>618</v>
+        <v>587</v>
       </c>
     </row>
     <row r="628">
       <c r="A628" s="2" t="inlineStr">
         <is>
-          <t>Diego Portales University</t>
+          <t>University of Zaragoza</t>
         </is>
       </c>
       <c r="B628" s="2" t="n">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="C628" s="2" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D628" s="2" t="n">
-        <v>625</v>
+        <v>610</v>
       </c>
       <c r="E628" s="2" t="n">
-        <v>748</v>
+        <v>696</v>
       </c>
     </row>
     <row r="629">
       <c r="A629" s="2" t="inlineStr">
         <is>
-          <t>University of Rostock</t>
+          <t>Federal University of Rio Grande Sul</t>
         </is>
       </c>
       <c r="B629" s="2" t="n">
+        <v>4</v>
+      </c>
+      <c r="C629" s="2" t="n">
         <v>3</v>
       </c>
-      <c r="C629" s="2" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D629" s="2" t="n">
-        <v>625</v>
+        <v>610</v>
       </c>
       <c r="E629" s="2" t="n">
-        <v>577</v>
+        <v>655</v>
       </c>
     </row>
     <row r="630">
       <c r="A630" s="2" t="inlineStr">
         <is>
-          <t>Western Kentucky University</t>
+          <t>University of Brasilia</t>
         </is>
       </c>
       <c r="B630" s="2" t="n">
+        <v>4</v>
+      </c>
+      <c r="C630" s="2" t="n">
         <v>3</v>
       </c>
-      <c r="C630" s="2" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D630" s="2" t="n">
-        <v>625</v>
+        <v>610</v>
       </c>
       <c r="E630" s="2" t="n">
-        <v>618</v>
+        <v>655</v>
       </c>
     </row>
     <row r="631">
       <c r="A631" s="2" t="inlineStr">
         <is>
-          <t>Central European University</t>
+          <t>Hofstra University</t>
         </is>
       </c>
       <c r="B631" s="2" t="n">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="C631" s="2" t="n">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D631" s="2" t="n">
-        <v>625</v>
+        <v>610</v>
       </c>
       <c r="E631" s="2" t="n">
-        <v>618</v>
+        <v>587</v>
       </c>
     </row>
     <row r="632">
       <c r="A632" s="2" t="inlineStr">
         <is>
-          <t>Flinders University of South Australia</t>
+          <t>Central Michigan University</t>
         </is>
       </c>
       <c r="B632" s="2" t="n">
+        <v>4</v>
+      </c>
+      <c r="C632" s="2" t="n">
         <v>3</v>
       </c>
-      <c r="C632" s="2" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D632" s="2" t="n">
-        <v>625</v>
+        <v>610</v>
       </c>
       <c r="E632" s="2" t="n">
-        <v>683</v>
+        <v>655</v>
       </c>
     </row>
     <row r="633">
       <c r="A633" s="2" t="inlineStr">
         <is>
-          <t>University Complutense Madrid</t>
+          <t>University of Salento</t>
         </is>
       </c>
       <c r="B633" s="2" t="n">
+        <v>4</v>
+      </c>
+      <c r="C633" s="2" t="n">
         <v>3</v>
       </c>
-      <c r="C633" s="2" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D633" s="2" t="n">
-        <v>625</v>
+        <v>610</v>
       </c>
       <c r="E633" s="2" t="n">
-        <v>683</v>
+        <v>655</v>
       </c>
     </row>
     <row r="634">
       <c r="A634" s="2" t="inlineStr">
         <is>
-          <t>Keele University</t>
+          <t>University of Parma</t>
         </is>
       </c>
       <c r="B634" s="2" t="n">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="C634" s="2" t="n">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D634" s="2" t="n">
-        <v>625</v>
+        <v>610</v>
       </c>
       <c r="E634" s="2" t="n">
-        <v>748</v>
+        <v>628</v>
       </c>
     </row>
     <row r="635">
       <c r="A635" s="2" t="inlineStr">
         <is>
-          <t>Tuscia University</t>
+          <t>University of New England</t>
         </is>
       </c>
       <c r="B635" s="2" t="n">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="C635" s="2" t="n">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="D635" s="2" t="n">
-        <v>625</v>
+        <v>610</v>
       </c>
       <c r="E635" s="2" t="n">
-        <v>683</v>
+        <v>563</v>
       </c>
     </row>
     <row r="636">
       <c r="A636" s="2" t="inlineStr">
         <is>
-          <t>Swansea University</t>
+          <t>University of Winnipeg</t>
         </is>
       </c>
       <c r="B636" s="2" t="n">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="C636" s="2" t="n">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D636" s="2" t="n">
-        <v>625</v>
+        <v>610</v>
       </c>
       <c r="E636" s="2" t="n">
-        <v>683</v>
+        <v>628</v>
       </c>
     </row>
     <row r="637">
       <c r="A637" s="2" t="inlineStr">
         <is>
-          <t>Shinshu University</t>
+          <t>University of Basque Country</t>
         </is>
       </c>
       <c r="B637" s="2" t="n">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="C637" s="2" t="n">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D637" s="2" t="n">
-        <v>625</v>
+        <v>610</v>
       </c>
       <c r="E637" s="2" t="n">
-        <v>748</v>
+        <v>628</v>
       </c>
     </row>
     <row r="638">
       <c r="A638" s="2" t="inlineStr">
         <is>
-          <t>Universidad de Cadiz</t>
+          <t>University of Cagliari</t>
         </is>
       </c>
       <c r="B638" s="2" t="n">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="C638" s="2" t="n">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D638" s="2" t="n">
-        <v>625</v>
+        <v>610</v>
       </c>
       <c r="E638" s="2" t="n">
-        <v>748</v>
+        <v>628</v>
       </c>
     </row>
     <row r="639">
       <c r="A639" s="2" t="inlineStr">
         <is>
-          <t>Ajou University</t>
+          <t>University of Marburg</t>
         </is>
       </c>
       <c r="B639" s="2" t="n">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="C639" s="2" t="n">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D639" s="2" t="n">
-        <v>625</v>
+        <v>610</v>
       </c>
       <c r="E639" s="2" t="n">
-        <v>683</v>
+        <v>587</v>
       </c>
     </row>
     <row r="640">
       <c r="A640" s="2" t="inlineStr">
         <is>
           <t>Pohang University Science and Technology</t>
         </is>
       </c>
       <c r="B640" s="2" t="n">
         <v>3</v>
       </c>
       <c r="C640" s="2" t="n">
         <v>3</v>
       </c>
       <c r="D640" s="2" t="n">
-        <v>625</v>
+        <v>639</v>
       </c>
       <c r="E640" s="2" t="n">
-        <v>646</v>
+        <v>655</v>
       </c>
     </row>
     <row r="641">
       <c r="A641" s="2" t="inlineStr">
         <is>
-          <t>Marche Polytechnic University</t>
+          <t>Northwest Af University</t>
         </is>
       </c>
       <c r="B641" s="2" t="n">
         <v>3</v>
       </c>
       <c r="C641" s="2" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D641" s="2" t="n">
-        <v>625</v>
+        <v>639</v>
       </c>
       <c r="E641" s="2" t="n">
-        <v>683</v>
+        <v>655</v>
       </c>
     </row>
     <row r="642">
       <c r="A642" s="2" t="inlineStr">
         <is>
           <t>Tamkang University</t>
         </is>
       </c>
       <c r="B642" s="2" t="n">
         <v>3</v>
       </c>
       <c r="C642" s="2" t="n">
         <v>3</v>
       </c>
       <c r="D642" s="2" t="n">
-        <v>625</v>
+        <v>639</v>
       </c>
       <c r="E642" s="2" t="n">
-        <v>646</v>
+        <v>655</v>
       </c>
     </row>
     <row r="643">
       <c r="A643" s="2" t="inlineStr">
         <is>
-          <t>American University Cairo</t>
+          <t>Federal University of Paraiba</t>
         </is>
       </c>
       <c r="B643" s="2" t="n">
         <v>3</v>
       </c>
       <c r="C643" s="2" t="n">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D643" s="2" t="n">
-        <v>625</v>
+        <v>639</v>
       </c>
       <c r="E643" s="2" t="n">
-        <v>646</v>
+        <v>628</v>
       </c>
     </row>
     <row r="644">
       <c r="A644" s="2" t="inlineStr">
         <is>
-          <t>Northwest Af University</t>
+          <t>National Taiwan Normal University</t>
         </is>
       </c>
       <c r="B644" s="2" t="n">
         <v>3</v>
       </c>
       <c r="C644" s="2" t="n">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D644" s="2" t="n">
-        <v>625</v>
+        <v>639</v>
       </c>
       <c r="E644" s="2" t="n">
-        <v>646</v>
+        <v>628</v>
       </c>
     </row>
     <row r="645">
       <c r="A645" s="2" t="inlineStr">
         <is>
-          <t>Cuny, Hunter College</t>
+          <t>Feng Chia University</t>
         </is>
       </c>
       <c r="B645" s="2" t="n">
         <v>3</v>
       </c>
       <c r="C645" s="2" t="n">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D645" s="2" t="n">
-        <v>625</v>
+        <v>639</v>
       </c>
       <c r="E645" s="2" t="n">
-        <v>618</v>
+        <v>762</v>
       </c>
     </row>
     <row r="646">
       <c r="A646" s="2" t="inlineStr">
         <is>
-          <t>University of Murcia</t>
+          <t>Ajou University</t>
         </is>
       </c>
       <c r="B646" s="2" t="n">
         <v>3</v>
       </c>
       <c r="C646" s="2" t="n">
         <v>2</v>
       </c>
       <c r="D646" s="2" t="n">
-        <v>625</v>
+        <v>639</v>
       </c>
       <c r="E646" s="2" t="n">
-        <v>683</v>
+        <v>696</v>
       </c>
     </row>
     <row r="647">
       <c r="A647" s="2" t="inlineStr">
         <is>
-          <t>Poznan University of Economics</t>
+          <t>Marche Polytechnic University</t>
         </is>
       </c>
       <c r="B647" s="2" t="n">
         <v>3</v>
       </c>
       <c r="C647" s="2" t="n">
         <v>2</v>
       </c>
       <c r="D647" s="2" t="n">
-        <v>625</v>
+        <v>639</v>
       </c>
       <c r="E647" s="2" t="n">
-        <v>683</v>
+        <v>696</v>
       </c>
     </row>
     <row r="648">
       <c r="A648" s="2" t="inlineStr">
         <is>
-          <t>University of Siena</t>
+          <t>University of the Balearic Islands</t>
         </is>
       </c>
       <c r="B648" s="2" t="n">
         <v>3</v>
       </c>
       <c r="C648" s="2" t="n">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="D648" s="2" t="n">
-        <v>625</v>
+        <v>639</v>
       </c>
       <c r="E648" s="2" t="n">
-        <v>577</v>
+        <v>762</v>
       </c>
     </row>
     <row r="649">
       <c r="A649" s="2" t="inlineStr">
         <is>
-          <t>Universidad Publica de Navarra</t>
+          <t>Flinders University of South Australia</t>
         </is>
       </c>
       <c r="B649" s="2" t="n">
         <v>3</v>
       </c>
       <c r="C649" s="2" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D649" s="2" t="n">
-        <v>625</v>
+        <v>639</v>
       </c>
       <c r="E649" s="2" t="n">
-        <v>646</v>
+        <v>696</v>
       </c>
     </row>
     <row r="650">
       <c r="A650" s="2" t="inlineStr">
         <is>
-          <t>Lakehead University</t>
+          <t>American University Cairo</t>
         </is>
       </c>
       <c r="B650" s="2" t="n">
         <v>3</v>
       </c>
       <c r="C650" s="2" t="n">
         <v>3</v>
       </c>
       <c r="D650" s="2" t="n">
-        <v>625</v>
+        <v>639</v>
       </c>
       <c r="E650" s="2" t="n">
-        <v>646</v>
+        <v>655</v>
       </c>
     </row>
     <row r="651">
       <c r="A651" s="2" t="inlineStr">
         <is>
-          <t>National Taiwan Normal University</t>
+          <t>Universidad de Cadiz</t>
         </is>
       </c>
       <c r="B651" s="2" t="n">
         <v>3</v>
       </c>
       <c r="C651" s="2" t="n">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D651" s="2" t="n">
-        <v>625</v>
+        <v>639</v>
       </c>
       <c r="E651" s="2" t="n">
-        <v>618</v>
+        <v>762</v>
       </c>
     </row>
     <row r="652">
       <c r="A652" s="2" t="inlineStr">
         <is>
-          <t>University of Iceland</t>
+          <t>Central European University</t>
         </is>
       </c>
       <c r="B652" s="2" t="n">
         <v>3</v>
       </c>
       <c r="C652" s="2" t="n">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D652" s="2" t="n">
-        <v>625</v>
+        <v>639</v>
       </c>
       <c r="E652" s="2" t="n">
-        <v>683</v>
+        <v>628</v>
       </c>
     </row>
     <row r="653">
       <c r="A653" s="2" t="inlineStr">
         <is>
-          <t>Sophia University</t>
+          <t>Hebei Normal University</t>
         </is>
       </c>
       <c r="B653" s="2" t="n">
         <v>3</v>
       </c>
       <c r="C653" s="2" t="n">
         <v>2</v>
       </c>
       <c r="D653" s="2" t="n">
-        <v>625</v>
+        <v>639</v>
       </c>
       <c r="E653" s="2" t="n">
-        <v>683</v>
+        <v>696</v>
       </c>
     </row>
     <row r="654">
       <c r="A654" s="2" t="inlineStr">
         <is>
-          <t>Feng Chia University</t>
+          <t>Abo Akademie University</t>
         </is>
       </c>
       <c r="B654" s="2" t="n">
         <v>3</v>
       </c>
       <c r="C654" s="2" t="n">
         <v>1</v>
       </c>
       <c r="D654" s="2" t="n">
-        <v>625</v>
+        <v>639</v>
       </c>
       <c r="E654" s="2" t="n">
-        <v>748</v>
+        <v>762</v>
       </c>
     </row>
     <row r="655">
       <c r="A655" s="2" t="inlineStr">
         <is>
-          <t>Federal University of Paraiba</t>
+          <t>University of Basilicata</t>
         </is>
       </c>
       <c r="B655" s="2" t="n">
         <v>3</v>
       </c>
       <c r="C655" s="2" t="n">
         <v>4</v>
       </c>
       <c r="D655" s="2" t="n">
-        <v>625</v>
+        <v>639</v>
       </c>
       <c r="E655" s="2" t="n">
-        <v>618</v>
+        <v>628</v>
       </c>
     </row>
     <row r="656">
       <c r="A656" s="2" t="inlineStr">
         <is>
-          <t>Hebei Normal University</t>
+          <t>University of Iceland</t>
         </is>
       </c>
       <c r="B656" s="2" t="n">
         <v>3</v>
       </c>
       <c r="C656" s="2" t="n">
         <v>2</v>
       </c>
       <c r="D656" s="2" t="n">
-        <v>625</v>
+        <v>639</v>
       </c>
       <c r="E656" s="2" t="n">
-        <v>683</v>
+        <v>696</v>
       </c>
     </row>
     <row r="657">
       <c r="A657" s="2" t="inlineStr">
         <is>
-          <t>Middlesex University</t>
+          <t>Shinshu University</t>
         </is>
       </c>
       <c r="B657" s="2" t="n">
         <v>3</v>
       </c>
       <c r="C657" s="2" t="n">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="D657" s="2" t="n">
-        <v>625</v>
+        <v>639</v>
       </c>
       <c r="E657" s="2" t="n">
-        <v>577</v>
+        <v>762</v>
       </c>
     </row>
     <row r="658">
       <c r="A658" s="2" t="inlineStr">
         <is>
-          <t>Yokohama National University</t>
+          <t>Poznan University of Economics</t>
         </is>
       </c>
       <c r="B658" s="2" t="n">
         <v>3</v>
       </c>
       <c r="C658" s="2" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D658" s="2" t="n">
-        <v>625</v>
+        <v>639</v>
       </c>
       <c r="E658" s="2" t="n">
-        <v>646</v>
+        <v>696</v>
       </c>
     </row>
     <row r="659">
       <c r="A659" s="2" t="inlineStr">
         <is>
-          <t>Universite Internationale de Rabat</t>
+          <t>Swansea University</t>
         </is>
       </c>
       <c r="B659" s="2" t="n">
         <v>3</v>
       </c>
       <c r="C659" s="2" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D659" s="2" t="n">
-        <v>625</v>
+        <v>639</v>
       </c>
       <c r="E659" s="2" t="n">
-        <v>646</v>
+        <v>696</v>
       </c>
     </row>
     <row r="660">
       <c r="A660" s="2" t="inlineStr">
         <is>
-          <t>Adelphi University</t>
+          <t>University of Siena</t>
         </is>
       </c>
       <c r="B660" s="2" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C660" s="2" t="n">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D660" s="2" t="n">
-        <v>659</v>
+        <v>639</v>
       </c>
       <c r="E660" s="2" t="n">
-        <v>646</v>
+        <v>587</v>
       </c>
     </row>
     <row r="661">
       <c r="A661" s="2" t="inlineStr">
         <is>
-          <t>Bangor University</t>
+          <t>Universidad Publica de Navarra</t>
         </is>
       </c>
       <c r="B661" s="2" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C661" s="2" t="n">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D661" s="2" t="n">
-        <v>659</v>
+        <v>639</v>
       </c>
       <c r="E661" s="2" t="n">
-        <v>748</v>
+        <v>655</v>
       </c>
     </row>
     <row r="662">
       <c r="A662" s="2" t="inlineStr">
         <is>
-          <t>University of the Balearic Islands</t>
+          <t>Yokohama National University</t>
         </is>
       </c>
       <c r="B662" s="2" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C662" s="2" t="n">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D662" s="2" t="n">
-        <v>659</v>
+        <v>639</v>
       </c>
       <c r="E662" s="2" t="n">
-        <v>748</v>
+        <v>655</v>
       </c>
     </row>
     <row r="663">
       <c r="A663" s="2" t="inlineStr">
         <is>
-          <t>University of Evora</t>
+          <t>Universite Internationale de Rabat</t>
         </is>
       </c>
       <c r="B663" s="2" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C663" s="2" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D663" s="2" t="n">
-        <v>659</v>
+        <v>639</v>
       </c>
       <c r="E663" s="2" t="n">
-        <v>683</v>
+        <v>655</v>
       </c>
     </row>
     <row r="664">
       <c r="A664" s="2" t="inlineStr">
         <is>
-          <t>London Metropolitan University</t>
+          <t>Cuny, Hunter College</t>
         </is>
       </c>
       <c r="B664" s="2" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C664" s="2" t="n">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D664" s="2" t="n">
-        <v>659</v>
+        <v>639</v>
       </c>
       <c r="E664" s="2" t="n">
-        <v>748</v>
+        <v>628</v>
       </c>
     </row>
     <row r="665">
       <c r="A665" s="2" t="inlineStr">
         <is>
-          <t>University of Rovira I Virgili</t>
+          <t>University of Rostock</t>
         </is>
       </c>
       <c r="B665" s="2" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C665" s="2" t="n">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D665" s="2" t="n">
-        <v>659</v>
+        <v>639</v>
       </c>
       <c r="E665" s="2" t="n">
-        <v>683</v>
+        <v>587</v>
       </c>
     </row>
     <row r="666">
       <c r="A666" s="2" t="inlineStr">
         <is>
-          <t>St Cloud State University</t>
+          <t>Diego Portales University</t>
         </is>
       </c>
       <c r="B666" s="2" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C666" s="2" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D666" s="2" t="n">
-        <v>659</v>
+        <v>639</v>
       </c>
       <c r="E666" s="2" t="n">
-        <v>683</v>
+        <v>762</v>
       </c>
     </row>
     <row r="667">
       <c r="A667" s="2" t="inlineStr">
         <is>
-          <t>Unc Kenan Flagler Business School</t>
+          <t>University Complutense Madrid</t>
         </is>
       </c>
       <c r="B667" s="2" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C667" s="2" t="n">
         <v>2</v>
       </c>
       <c r="D667" s="2" t="n">
-        <v>659</v>
+        <v>639</v>
       </c>
       <c r="E667" s="2" t="n">
-        <v>683</v>
+        <v>696</v>
       </c>
     </row>
     <row r="668">
       <c r="A668" s="2" t="inlineStr">
         <is>
-          <t>University of Stellenbosch</t>
+          <t>Sophia University</t>
         </is>
       </c>
       <c r="B668" s="2" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C668" s="2" t="n">
         <v>2</v>
       </c>
       <c r="D668" s="2" t="n">
-        <v>659</v>
+        <v>639</v>
       </c>
       <c r="E668" s="2" t="n">
-        <v>683</v>
+        <v>696</v>
       </c>
     </row>
     <row r="669">
       <c r="A669" s="2" t="inlineStr">
         <is>
-          <t>University of Seoul</t>
+          <t>University of Murcia</t>
         </is>
       </c>
       <c r="B669" s="2" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C669" s="2" t="n">
         <v>2</v>
       </c>
       <c r="D669" s="2" t="n">
-        <v>659</v>
+        <v>639</v>
       </c>
       <c r="E669" s="2" t="n">
-        <v>683</v>
+        <v>696</v>
       </c>
     </row>
     <row r="670">
       <c r="A670" s="2" t="inlineStr">
         <is>
-          <t>Catholic University of the North</t>
+          <t>Western Kentucky University</t>
         </is>
       </c>
       <c r="B670" s="2" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C670" s="2" t="n">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D670" s="2" t="n">
-        <v>659</v>
+        <v>639</v>
       </c>
       <c r="E670" s="2" t="n">
-        <v>748</v>
+        <v>628</v>
       </c>
     </row>
     <row r="671">
       <c r="A671" s="2" t="inlineStr">
         <is>
-          <t>University of Szeged</t>
+          <t>Tuscia University</t>
         </is>
       </c>
       <c r="B671" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="C671" s="2" t="n">
         <v>2</v>
       </c>
-      <c r="C671" s="2" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D671" s="2" t="n">
-        <v>659</v>
+        <v>639</v>
       </c>
       <c r="E671" s="2" t="n">
-        <v>748</v>
+        <v>696</v>
       </c>
     </row>
     <row r="672">
       <c r="A672" s="2" t="inlineStr">
         <is>
-          <t>University of Oviedo</t>
+          <t>Central Queensland University</t>
         </is>
       </c>
       <c r="B672" s="2" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C672" s="2" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D672" s="2" t="n">
-        <v>659</v>
+        <v>639</v>
       </c>
       <c r="E672" s="2" t="n">
-        <v>683</v>
+        <v>655</v>
       </c>
     </row>
     <row r="673">
       <c r="A673" s="2" t="inlineStr">
         <is>
-          <t>University of Macedonia</t>
+          <t>Middlesex University</t>
         </is>
       </c>
       <c r="B673" s="2" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C673" s="2" t="n">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D673" s="2" t="n">
-        <v>659</v>
+        <v>639</v>
       </c>
       <c r="E673" s="2" t="n">
-        <v>646</v>
+        <v>587</v>
       </c>
     </row>
     <row r="674">
       <c r="A674" s="2" t="inlineStr">
         <is>
-          <t>FGV EESP, Sao Paulo</t>
+          <t>Keele University</t>
         </is>
       </c>
       <c r="B674" s="2" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C674" s="2" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D674" s="2" t="n">
-        <v>659</v>
+        <v>639</v>
       </c>
       <c r="E674" s="2" t="n">
-        <v>683</v>
+        <v>762</v>
       </c>
     </row>
     <row r="675">
       <c r="A675" s="2" t="inlineStr">
         <is>
-          <t>Universidade Federal Da Bahia</t>
+          <t>Lakehead University</t>
         </is>
       </c>
       <c r="B675" s="2" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C675" s="2" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D675" s="2" t="n">
-        <v>659</v>
+        <v>639</v>
       </c>
       <c r="E675" s="2" t="n">
-        <v>683</v>
+        <v>655</v>
       </c>
     </row>
     <row r="676">
       <c r="A676" s="2" t="inlineStr">
         <is>
-          <t>Quinnipiac University</t>
+          <t>University of Macedonia</t>
         </is>
       </c>
       <c r="B676" s="2" t="n">
         <v>2</v>
       </c>
       <c r="C676" s="2" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D676" s="2" t="n">
-        <v>659</v>
+        <v>675</v>
       </c>
       <c r="E676" s="2" t="n">
-        <v>683</v>
+        <v>655</v>
       </c>
     </row>
     <row r="677">
       <c r="A677" s="2" t="inlineStr">
         <is>
-          <t>Seton Hall University</t>
+          <t>Bangor University</t>
         </is>
       </c>
       <c r="B677" s="2" t="n">
         <v>2</v>
       </c>
       <c r="C677" s="2" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D677" s="2" t="n">
-        <v>659</v>
+        <v>675</v>
       </c>
       <c r="E677" s="2" t="n">
-        <v>646</v>
+        <v>762</v>
       </c>
     </row>
     <row r="678">
       <c r="A678" s="2" t="inlineStr">
         <is>
-          <t>University of Insubria</t>
+          <t>University of South Dakota</t>
         </is>
       </c>
       <c r="B678" s="2" t="n">
         <v>2</v>
       </c>
       <c r="C678" s="2" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D678" s="2" t="n">
-        <v>659</v>
+        <v>675</v>
       </c>
       <c r="E678" s="2" t="n">
-        <v>646</v>
+        <v>696</v>
       </c>
     </row>
     <row r="679">
       <c r="A679" s="2" t="inlineStr">
         <is>
-          <t>School Oriental African Studies</t>
+          <t>Instituto Tecnológico Autónomo de México</t>
         </is>
       </c>
       <c r="B679" s="2" t="n">
         <v>2</v>
       </c>
       <c r="C679" s="2" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D679" s="2" t="n">
-        <v>659</v>
+        <v>675</v>
       </c>
       <c r="E679" s="2" t="n">
-        <v>748</v>
+        <v>696</v>
       </c>
     </row>
     <row r="680">
       <c r="A680" s="2" t="inlineStr">
         <is>
-          <t>John Cabot University</t>
+          <t>University of Novi Sad</t>
         </is>
       </c>
       <c r="B680" s="2" t="n">
         <v>2</v>
       </c>
       <c r="C680" s="2" t="n">
         <v>2</v>
       </c>
       <c r="D680" s="2" t="n">
-        <v>659</v>
+        <v>675</v>
       </c>
       <c r="E680" s="2" t="n">
-        <v>683</v>
+        <v>696</v>
       </c>
     </row>
     <row r="681">
       <c r="A681" s="2" t="inlineStr">
         <is>
-          <t>University of Lyon</t>
+          <t>University of Evora</t>
         </is>
       </c>
       <c r="B681" s="2" t="n">
         <v>2</v>
       </c>
       <c r="C681" s="2" t="n">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="D681" s="2" t="n">
-        <v>659</v>
+        <v>675</v>
       </c>
       <c r="E681" s="2" t="n">
-        <v>508</v>
+        <v>696</v>
       </c>
     </row>
     <row r="682">
       <c r="A682" s="2" t="inlineStr">
         <is>
-          <t>California State University, Channel Islands</t>
+          <t>Unc Kenan Flagler Business School</t>
         </is>
       </c>
       <c r="B682" s="2" t="n">
         <v>2</v>
       </c>
       <c r="C682" s="2" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D682" s="2" t="n">
-        <v>659</v>
+        <v>675</v>
       </c>
       <c r="E682" s="2" t="n">
-        <v>748</v>
+        <v>696</v>
       </c>
     </row>
     <row r="683">
       <c r="A683" s="2" t="inlineStr">
         <is>
-          <t>University of Plymouth</t>
+          <t>Universidade Federal Da Bahia</t>
         </is>
       </c>
       <c r="B683" s="2" t="n">
         <v>2</v>
       </c>
       <c r="C683" s="2" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D683" s="2" t="n">
-        <v>659</v>
+        <v>675</v>
       </c>
       <c r="E683" s="2" t="n">
-        <v>748</v>
+        <v>696</v>
       </c>
     </row>
     <row r="684">
       <c r="A684" s="2" t="inlineStr">
         <is>
-          <t>University of Tasmania</t>
+          <t>University of South Wales</t>
         </is>
       </c>
       <c r="B684" s="2" t="n">
         <v>2</v>
       </c>
       <c r="C684" s="2" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D684" s="2" t="n">
-        <v>659</v>
+        <v>675</v>
       </c>
       <c r="E684" s="2" t="n">
-        <v>646</v>
+        <v>696</v>
       </c>
     </row>
     <row r="685">
       <c r="A685" s="2" t="inlineStr">
         <is>
-          <t>University of Wroclaw</t>
+          <t>University of Seoul</t>
         </is>
       </c>
       <c r="B685" s="2" t="n">
         <v>2</v>
       </c>
       <c r="C685" s="2" t="n">
         <v>2</v>
       </c>
       <c r="D685" s="2" t="n">
-        <v>659</v>
+        <v>675</v>
       </c>
       <c r="E685" s="2" t="n">
-        <v>683</v>
+        <v>696</v>
       </c>
     </row>
     <row r="686">
       <c r="A686" s="2" t="inlineStr">
         <is>
-          <t>University of Novi Sad</t>
+          <t>Bond University</t>
         </is>
       </c>
       <c r="B686" s="2" t="n">
         <v>2</v>
       </c>
       <c r="C686" s="2" t="n">
         <v>2</v>
       </c>
       <c r="D686" s="2" t="n">
-        <v>659</v>
+        <v>675</v>
       </c>
       <c r="E686" s="2" t="n">
-        <v>683</v>
+        <v>696</v>
       </c>
     </row>
     <row r="687">
       <c r="A687" s="2" t="inlineStr">
         <is>
-          <t>Abu Dhabi University</t>
+          <t>University of Trieste</t>
         </is>
       </c>
       <c r="B687" s="2" t="n">
         <v>2</v>
       </c>
       <c r="C687" s="2" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D687" s="2" t="n">
-        <v>659</v>
+        <v>675</v>
       </c>
       <c r="E687" s="2" t="n">
-        <v>646</v>
+        <v>762</v>
       </c>
     </row>
     <row r="688">
       <c r="A688" s="2" t="inlineStr">
         <is>
-          <t>University of Hertfordshire</t>
+          <t>University of Plymouth</t>
         </is>
       </c>
       <c r="B688" s="2" t="n">
         <v>2</v>
       </c>
       <c r="C688" s="2" t="n">
         <v>1</v>
       </c>
       <c r="D688" s="2" t="n">
-        <v>659</v>
+        <v>675</v>
       </c>
       <c r="E688" s="2" t="n">
-        <v>748</v>
+        <v>762</v>
       </c>
     </row>
     <row r="689">
       <c r="A689" s="2" t="inlineStr">
         <is>
-          <t>University of Trieste</t>
+          <t>University of Rovira I Virgili</t>
         </is>
       </c>
       <c r="B689" s="2" t="n">
         <v>2</v>
       </c>
       <c r="C689" s="2" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D689" s="2" t="n">
-        <v>659</v>
+        <v>675</v>
       </c>
       <c r="E689" s="2" t="n">
-        <v>748</v>
+        <v>696</v>
       </c>
     </row>
     <row r="690">
       <c r="A690" s="2" t="inlineStr">
         <is>
-          <t>University of Rouen</t>
+          <t>University of Oviedo</t>
         </is>
       </c>
       <c r="B690" s="2" t="n">
         <v>2</v>
       </c>
       <c r="C690" s="2" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D690" s="2" t="n">
-        <v>659</v>
+        <v>675</v>
       </c>
       <c r="E690" s="2" t="n">
-        <v>748</v>
+        <v>696</v>
       </c>
     </row>
     <row r="691">
       <c r="A691" s="2" t="inlineStr">
         <is>
-          <t>King Saud University</t>
+          <t>Catholic University of the North</t>
         </is>
       </c>
       <c r="B691" s="2" t="n">
         <v>2</v>
       </c>
       <c r="C691" s="2" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D691" s="2" t="n">
-        <v>659</v>
+        <v>675</v>
       </c>
       <c r="E691" s="2" t="n">
-        <v>683</v>
+        <v>762</v>
       </c>
     </row>
     <row r="692">
       <c r="A692" s="2" t="inlineStr">
         <is>
-          <t>University of South Dakota</t>
+          <t>University of Maine Le Mans</t>
         </is>
       </c>
       <c r="B692" s="2" t="n">
         <v>2</v>
       </c>
       <c r="C692" s="2" t="n">
         <v>2</v>
       </c>
       <c r="D692" s="2" t="n">
-        <v>659</v>
+        <v>675</v>
       </c>
       <c r="E692" s="2" t="n">
-        <v>683</v>
+        <v>696</v>
       </c>
     </row>
     <row r="693">
       <c r="A693" s="2" t="inlineStr">
         <is>
-          <t>Instituto Tecnológico Autónomo de México</t>
+          <t>University of Hertfordshire</t>
         </is>
       </c>
       <c r="B693" s="2" t="n">
         <v>2</v>
       </c>
       <c r="C693" s="2" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D693" s="2" t="n">
-        <v>659</v>
+        <v>675</v>
       </c>
       <c r="E693" s="2" t="n">
-        <v>683</v>
+        <v>762</v>
       </c>
     </row>
     <row r="694">
       <c r="A694" s="2" t="inlineStr">
         <is>
-          <t>University of the Aegean</t>
+          <t>St Cloud State University</t>
         </is>
       </c>
       <c r="B694" s="2" t="n">
         <v>2</v>
       </c>
       <c r="C694" s="2" t="n">
         <v>2</v>
       </c>
       <c r="D694" s="2" t="n">
-        <v>659</v>
+        <v>675</v>
       </c>
       <c r="E694" s="2" t="n">
-        <v>683</v>
+        <v>696</v>
       </c>
     </row>
     <row r="695">
       <c r="A695" s="2" t="inlineStr">
         <is>
-          <t>Vilnius University</t>
+          <t>London Metropolitan University</t>
         </is>
       </c>
       <c r="B695" s="2" t="n">
         <v>2</v>
       </c>
       <c r="C695" s="2" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D695" s="2" t="n">
-        <v>659</v>
+        <v>675</v>
       </c>
       <c r="E695" s="2" t="n">
-        <v>683</v>
+        <v>762</v>
       </c>
     </row>
     <row r="696">
       <c r="A696" s="2" t="inlineStr">
         <is>
-          <t>University of Maine</t>
+          <t>John Cabot University</t>
         </is>
       </c>
       <c r="B696" s="2" t="n">
         <v>2</v>
       </c>
       <c r="C696" s="2" t="n">
         <v>2</v>
       </c>
       <c r="D696" s="2" t="n">
-        <v>659</v>
+        <v>675</v>
       </c>
       <c r="E696" s="2" t="n">
-        <v>683</v>
+        <v>696</v>
       </c>
     </row>
     <row r="697">
       <c r="A697" s="2" t="inlineStr">
         <is>
-          <t>University of Maine Le Mans</t>
+          <t>University of Lyon</t>
         </is>
       </c>
       <c r="B697" s="2" t="n">
         <v>2</v>
       </c>
       <c r="C697" s="2" t="n">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="D697" s="2" t="n">
-        <v>659</v>
+        <v>675</v>
       </c>
       <c r="E697" s="2" t="n">
-        <v>683</v>
+        <v>515</v>
       </c>
     </row>
     <row r="698">
       <c r="A698" s="2" t="inlineStr">
         <is>
-          <t>Mahidol University</t>
+          <t>Charles Sturt University</t>
         </is>
       </c>
       <c r="B698" s="2" t="n">
         <v>2</v>
       </c>
       <c r="C698" s="2" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D698" s="2" t="n">
-        <v>659</v>
+        <v>675</v>
       </c>
       <c r="E698" s="2" t="n">
-        <v>646</v>
+        <v>762</v>
       </c>
     </row>
     <row r="699">
       <c r="A699" s="2" t="inlineStr">
         <is>
-          <t>Inha University</t>
+          <t>Mahidol University</t>
         </is>
       </c>
       <c r="B699" s="2" t="n">
         <v>2</v>
       </c>
       <c r="C699" s="2" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D699" s="2" t="n">
-        <v>659</v>
+        <v>675</v>
       </c>
       <c r="E699" s="2" t="n">
-        <v>683</v>
+        <v>655</v>
       </c>
     </row>
     <row r="700">
       <c r="A700" s="2" t="inlineStr">
         <is>
-          <t>National Chung Cheng University</t>
+          <t>California State University, Channel Islands</t>
         </is>
       </c>
       <c r="B700" s="2" t="n">
         <v>2</v>
       </c>
       <c r="C700" s="2" t="n">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D700" s="2" t="n">
-        <v>659</v>
+        <v>675</v>
       </c>
       <c r="E700" s="2" t="n">
-        <v>618</v>
+        <v>762</v>
       </c>
     </row>
     <row r="701">
       <c r="A701" s="2" t="inlineStr">
         <is>
-          <t>Rutgers State University</t>
+          <t>University of Maine</t>
         </is>
       </c>
       <c r="B701" s="2" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C701" s="2" t="n">
-        <v>28</v>
+        <v>2</v>
       </c>
       <c r="D701" s="2" t="n">
-        <v>700</v>
+        <v>675</v>
       </c>
       <c r="E701" s="2" t="n">
-        <v>311</v>
+        <v>696</v>
       </c>
     </row>
     <row r="702">
       <c r="A702" s="2" t="inlineStr">
         <is>
-          <t>University of the German Federal Armed Forces</t>
+          <t>Abu Dhabi University</t>
         </is>
       </c>
       <c r="B702" s="2" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C702" s="2" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D702" s="2" t="n">
-        <v>700</v>
+        <v>675</v>
       </c>
       <c r="E702" s="2" t="n">
-        <v>683</v>
+        <v>655</v>
       </c>
     </row>
     <row r="703">
       <c r="A703" s="2" t="inlineStr">
         <is>
-          <t>Universidad Autonoma de San Luis Potosi</t>
+          <t>University of the Aegean</t>
         </is>
       </c>
       <c r="B703" s="2" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C703" s="2" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D703" s="2" t="n">
-        <v>700</v>
+        <v>675</v>
       </c>
       <c r="E703" s="2" t="n">
-        <v>748</v>
+        <v>696</v>
       </c>
     </row>
     <row r="704">
       <c r="A704" s="2" t="inlineStr">
         <is>
-          <t>Afyon Kocatepe University</t>
+          <t>University of Rouen</t>
         </is>
       </c>
       <c r="B704" s="2" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C704" s="2" t="n">
         <v>1</v>
       </c>
       <c r="D704" s="2" t="n">
-        <v>700</v>
+        <v>675</v>
       </c>
       <c r="E704" s="2" t="n">
-        <v>748</v>
+        <v>762</v>
       </c>
     </row>
     <row r="705">
       <c r="A705" s="2" t="inlineStr">
         <is>
-          <t>Athabasca University</t>
+          <t>University of Insubria</t>
         </is>
       </c>
       <c r="B705" s="2" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C705" s="2" t="n">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D705" s="2" t="n">
-        <v>700</v>
+        <v>675</v>
       </c>
       <c r="E705" s="2" t="n">
-        <v>748</v>
+        <v>655</v>
       </c>
     </row>
     <row r="706">
       <c r="A706" s="2" t="inlineStr">
         <is>
-          <t>College of Management Academic Studies</t>
+          <t>King Saud University</t>
         </is>
       </c>
       <c r="B706" s="2" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C706" s="2" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D706" s="2" t="n">
-        <v>700</v>
+        <v>675</v>
       </c>
       <c r="E706" s="2" t="n">
-        <v>748</v>
+        <v>696</v>
       </c>
     </row>
     <row r="707">
       <c r="A707" s="2" t="inlineStr">
         <is>
-          <t>University of Canberra</t>
+          <t>Vilnius University</t>
         </is>
       </c>
       <c r="B707" s="2" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C707" s="2" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D707" s="2" t="n">
-        <v>700</v>
+        <v>675</v>
       </c>
       <c r="E707" s="2" t="n">
-        <v>748</v>
+        <v>696</v>
       </c>
     </row>
     <row r="708">
       <c r="A708" s="2" t="inlineStr">
         <is>
-          <t>Anglia Ruskin University</t>
+          <t>Quinnipiac University</t>
         </is>
       </c>
       <c r="B708" s="2" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C708" s="2" t="n">
         <v>2</v>
       </c>
       <c r="D708" s="2" t="n">
-        <v>700</v>
+        <v>675</v>
       </c>
       <c r="E708" s="2" t="n">
-        <v>683</v>
+        <v>696</v>
       </c>
     </row>
     <row r="709">
       <c r="A709" s="2" t="inlineStr">
         <is>
-          <t>Canterbury Christ Church University</t>
+          <t>National Chung Cheng University</t>
         </is>
       </c>
       <c r="B709" s="2" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C709" s="2" t="n">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D709" s="2" t="n">
-        <v>700</v>
+        <v>675</v>
       </c>
       <c r="E709" s="2" t="n">
-        <v>683</v>
+        <v>628</v>
       </c>
     </row>
     <row r="710">
       <c r="A710" s="2" t="inlineStr">
         <is>
-          <t>Salzburg University</t>
+          <t>Adelphi University</t>
         </is>
       </c>
       <c r="B710" s="2" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C710" s="2" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D710" s="2" t="n">
-        <v>700</v>
+        <v>675</v>
       </c>
       <c r="E710" s="2" t="n">
-        <v>683</v>
+        <v>655</v>
       </c>
     </row>
     <row r="711">
       <c r="A711" s="2" t="inlineStr">
         <is>
-          <t>University of Witwatersrand</t>
+          <t>University of Tasmania</t>
         </is>
       </c>
       <c r="B711" s="2" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C711" s="2" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D711" s="2" t="n">
-        <v>700</v>
+        <v>675</v>
       </c>
       <c r="E711" s="2" t="n">
-        <v>683</v>
+        <v>655</v>
       </c>
     </row>
     <row r="712">
       <c r="A712" s="2" t="inlineStr">
         <is>
-          <t>University of Ioannina</t>
+          <t>Inha University</t>
         </is>
       </c>
       <c r="B712" s="2" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C712" s="2" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D712" s="2" t="n">
-        <v>700</v>
+        <v>675</v>
       </c>
       <c r="E712" s="2" t="n">
-        <v>748</v>
+        <v>696</v>
       </c>
     </row>
     <row r="713">
       <c r="A713" s="2" t="inlineStr">
         <is>
-          <t>University Abu Bekr Belkaid</t>
+          <t>FGV EESP, Sao Paulo</t>
         </is>
       </c>
       <c r="B713" s="2" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C713" s="2" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D713" s="2" t="n">
-        <v>700</v>
+        <v>675</v>
       </c>
       <c r="E713" s="2" t="n">
-        <v>748</v>
+        <v>696</v>
       </c>
     </row>
     <row r="714">
       <c r="A714" s="2" t="inlineStr">
         <is>
-          <t>Fairfield University</t>
+          <t>University of Stellenbosch</t>
         </is>
       </c>
       <c r="B714" s="2" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C714" s="2" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D714" s="2" t="n">
-        <v>700</v>
+        <v>675</v>
       </c>
       <c r="E714" s="2" t="n">
-        <v>748</v>
+        <v>696</v>
       </c>
     </row>
     <row r="715">
       <c r="A715" s="2" t="inlineStr">
         <is>
-          <t>Alexandru Ioan Cuza University</t>
+          <t>Seton Hall University</t>
         </is>
       </c>
       <c r="B715" s="2" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C715" s="2" t="n">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D715" s="2" t="n">
-        <v>700</v>
+        <v>675</v>
       </c>
       <c r="E715" s="2" t="n">
-        <v>748</v>
+        <v>655</v>
       </c>
     </row>
     <row r="716">
       <c r="A716" s="2" t="inlineStr">
         <is>
-          <t>Southwestern University of Finance and Economics</t>
+          <t>School Oriental African Studies</t>
         </is>
       </c>
       <c r="B716" s="2" t="n">
+        <v>2</v>
+      </c>
+      <c r="C716" s="2" t="n">
         <v>1</v>
       </c>
-      <c r="C716" s="2" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D716" s="2" t="n">
-        <v>700</v>
+        <v>675</v>
       </c>
       <c r="E716" s="2" t="n">
-        <v>454</v>
+        <v>762</v>
       </c>
     </row>
     <row r="717">
       <c r="A717" s="2" t="inlineStr">
         <is>
-          <t>Sciences Po</t>
+          <t>University of Wroclaw</t>
         </is>
       </c>
       <c r="B717" s="2" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C717" s="2" t="n">
         <v>2</v>
       </c>
       <c r="D717" s="2" t="n">
-        <v>700</v>
+        <v>675</v>
       </c>
       <c r="E717" s="2" t="n">
-        <v>683</v>
+        <v>696</v>
       </c>
     </row>
     <row r="718">
       <c r="A718" s="2" t="inlineStr">
         <is>
-          <t>University of Valladolid</t>
+          <t>University of Szeged</t>
         </is>
       </c>
       <c r="B718" s="2" t="n">
+        <v>2</v>
+      </c>
+      <c r="C718" s="2" t="n">
         <v>1</v>
       </c>
-      <c r="C718" s="2" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D718" s="2" t="n">
-        <v>700</v>
+        <v>675</v>
       </c>
       <c r="E718" s="2" t="n">
-        <v>646</v>
+        <v>762</v>
       </c>
     </row>
     <row r="719">
       <c r="A719" s="2" t="inlineStr">
         <is>
-          <t>Tarbiat Modares University</t>
+          <t>Afyon Kocatepe University</t>
         </is>
       </c>
       <c r="B719" s="2" t="n">
         <v>1</v>
       </c>
       <c r="C719" s="2" t="n">
         <v>1</v>
       </c>
       <c r="D719" s="2" t="n">
-        <v>700</v>
+        <v>718</v>
       </c>
       <c r="E719" s="2" t="n">
-        <v>748</v>
+        <v>762</v>
       </c>
     </row>
     <row r="720">
       <c r="A720" s="2" t="inlineStr">
         <is>
-          <t>National University of Rosario</t>
+          <t>United Nations University</t>
         </is>
       </c>
       <c r="B720" s="2" t="n">
         <v>1</v>
       </c>
       <c r="C720" s="2" t="n">
         <v>1</v>
       </c>
       <c r="D720" s="2" t="n">
-        <v>700</v>
+        <v>718</v>
       </c>
       <c r="E720" s="2" t="n">
-        <v>748</v>
+        <v>762</v>
       </c>
     </row>
     <row r="721">
       <c r="A721" s="2" t="inlineStr">
         <is>
-          <t>University of the Peloponnese</t>
+          <t>Universidad Autonoma de San Luis Potosi</t>
         </is>
       </c>
       <c r="B721" s="2" t="n">
         <v>1</v>
       </c>
       <c r="C721" s="2" t="n">
         <v>1</v>
       </c>
       <c r="D721" s="2" t="n">
-        <v>700</v>
+        <v>718</v>
       </c>
       <c r="E721" s="2" t="n">
-        <v>748</v>
+        <v>762</v>
       </c>
     </row>
     <row r="722">
       <c r="A722" s="2" t="inlineStr">
         <is>
-          <t>ADA University</t>
+          <t>International University In Germany</t>
         </is>
       </c>
       <c r="B722" s="2" t="n">
         <v>1</v>
       </c>
       <c r="C722" s="2" t="n">
         <v>1</v>
       </c>
       <c r="D722" s="2" t="n">
-        <v>700</v>
+        <v>718</v>
       </c>
       <c r="E722" s="2" t="n">
-        <v>748</v>
+        <v>762</v>
       </c>
     </row>
     <row r="723">
       <c r="A723" s="2" t="inlineStr">
         <is>
-          <t>University of Sousse</t>
+          <t>College of Management Academic Studies</t>
         </is>
       </c>
       <c r="B723" s="2" t="n">
         <v>1</v>
       </c>
       <c r="C723" s="2" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D723" s="2" t="n">
-        <v>700</v>
+        <v>718</v>
       </c>
       <c r="E723" s="2" t="n">
-        <v>683</v>
+        <v>762</v>
       </c>
     </row>
     <row r="724">
       <c r="A724" s="2" t="inlineStr">
         <is>
-          <t>Abdelmalek Essaadi University</t>
+          <t>Dongbei University of Finance and Economics</t>
         </is>
       </c>
       <c r="B724" s="2" t="n">
         <v>1</v>
       </c>
       <c r="C724" s="2" t="n">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="D724" s="2" t="n">
-        <v>700</v>
+        <v>718</v>
       </c>
       <c r="E724" s="2" t="n">
-        <v>748</v>
+        <v>563</v>
       </c>
     </row>
     <row r="725">
       <c r="A725" s="2" t="inlineStr">
         <is>
-          <t>University of Mary Washington</t>
+          <t>Johannes Kepler University</t>
         </is>
       </c>
       <c r="B725" s="2" t="n">
         <v>1</v>
       </c>
       <c r="C725" s="2" t="n">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D725" s="2" t="n">
-        <v>700</v>
+        <v>718</v>
       </c>
       <c r="E725" s="2" t="n">
-        <v>748</v>
+        <v>655</v>
       </c>
     </row>
     <row r="726">
       <c r="A726" s="2" t="inlineStr">
         <is>
-          <t>University of Tampere</t>
+          <t>Fairfield University</t>
         </is>
       </c>
       <c r="B726" s="2" t="n">
         <v>1</v>
       </c>
       <c r="C726" s="2" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D726" s="2" t="n">
-        <v>700</v>
+        <v>718</v>
       </c>
       <c r="E726" s="2" t="n">
-        <v>683</v>
+        <v>762</v>
       </c>
     </row>
     <row r="727">
       <c r="A727" s="2" t="inlineStr">
         <is>
-          <t>Novosibirsk State University</t>
+          <t>Christopher Newport University</t>
         </is>
       </c>
       <c r="B727" s="2" t="n">
         <v>1</v>
       </c>
       <c r="C727" s="2" t="n">
         <v>1</v>
       </c>
       <c r="D727" s="2" t="n">
-        <v>700</v>
+        <v>718</v>
       </c>
       <c r="E727" s="2" t="n">
-        <v>748</v>
+        <v>762</v>
       </c>
     </row>
     <row r="728">
       <c r="A728" s="2" t="inlineStr">
         <is>
-          <t>Swedish University of Agricultural Sciences</t>
+          <t>Cardiff Metropolitan University</t>
         </is>
       </c>
       <c r="B728" s="2" t="n">
         <v>1</v>
       </c>
       <c r="C728" s="2" t="n">
         <v>1</v>
       </c>
       <c r="D728" s="2" t="n">
-        <v>700</v>
+        <v>718</v>
       </c>
       <c r="E728" s="2" t="n">
-        <v>748</v>
+        <v>762</v>
       </c>
     </row>
     <row r="729">
       <c r="A729" s="2" t="inlineStr">
         <is>
-          <t>National University of la Plata</t>
+          <t>Alexandru Ioan Cuza University</t>
         </is>
       </c>
       <c r="B729" s="2" t="n">
         <v>1</v>
       </c>
       <c r="C729" s="2" t="n">
         <v>1</v>
       </c>
       <c r="D729" s="2" t="n">
-        <v>700</v>
+        <v>718</v>
       </c>
       <c r="E729" s="2" t="n">
-        <v>748</v>
+        <v>762</v>
       </c>
     </row>
     <row r="730">
       <c r="A730" s="2" t="inlineStr">
         <is>
-          <t>Shizuoka University</t>
+          <t>Rutgers State University</t>
         </is>
       </c>
       <c r="B730" s="2" t="n">
         <v>1</v>
       </c>
       <c r="C730" s="2" t="n">
-        <v>1</v>
+        <v>28</v>
       </c>
       <c r="D730" s="2" t="n">
-        <v>700</v>
+        <v>718</v>
       </c>
       <c r="E730" s="2" t="n">
-        <v>748</v>
+        <v>314</v>
       </c>
     </row>
     <row r="731">
       <c r="A731" s="2" t="inlineStr">
         <is>
-          <t>Swiss Federal Institute of Technology Lausanne</t>
+          <t>University of Ioannina</t>
         </is>
       </c>
       <c r="B731" s="2" t="n">
         <v>1</v>
       </c>
       <c r="C731" s="2" t="n">
         <v>1</v>
       </c>
       <c r="D731" s="2" t="n">
-        <v>700</v>
+        <v>718</v>
       </c>
       <c r="E731" s="2" t="n">
-        <v>748</v>
+        <v>762</v>
       </c>
     </row>
     <row r="732">
       <c r="A732" s="2" t="inlineStr">
         <is>
-          <t>Colgate University</t>
+          <t>Salzburg University</t>
         </is>
       </c>
       <c r="B732" s="2" t="n">
         <v>1</v>
       </c>
       <c r="C732" s="2" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D732" s="2" t="n">
-        <v>700</v>
+        <v>718</v>
       </c>
       <c r="E732" s="2" t="n">
-        <v>748</v>
+        <v>696</v>
       </c>
     </row>
     <row r="733">
       <c r="A733" s="2" t="inlineStr">
         <is>
-          <t>University of Le Havre</t>
+          <t>National University of la Plata</t>
         </is>
       </c>
       <c r="B733" s="2" t="n">
         <v>1</v>
       </c>
       <c r="C733" s="2" t="n">
         <v>1</v>
       </c>
       <c r="D733" s="2" t="n">
-        <v>700</v>
+        <v>718</v>
       </c>
       <c r="E733" s="2" t="n">
-        <v>748</v>
+        <v>762</v>
       </c>
     </row>
     <row r="734">
       <c r="A734" s="2" t="inlineStr">
         <is>
-          <t>University la Coruna</t>
+          <t>Mount Allison University</t>
         </is>
       </c>
       <c r="B734" s="2" t="n">
         <v>1</v>
       </c>
       <c r="C734" s="2" t="n">
         <v>1</v>
       </c>
       <c r="D734" s="2" t="n">
-        <v>700</v>
+        <v>718</v>
       </c>
       <c r="E734" s="2" t="n">
-        <v>748</v>
+        <v>762</v>
       </c>
     </row>
     <row r="735">
       <c r="A735" s="2" t="inlineStr">
         <is>
-          <t>Bournemouth University</t>
+          <t>Southwestern University of Finance and Economics</t>
         </is>
       </c>
       <c r="B735" s="2" t="n">
         <v>1</v>
       </c>
       <c r="C735" s="2" t="n">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="D735" s="2" t="n">
-        <v>700</v>
+        <v>718</v>
       </c>
       <c r="E735" s="2" t="n">
-        <v>748</v>
+        <v>461</v>
       </c>
     </row>
     <row r="736">
       <c r="A736" s="2" t="inlineStr">
         <is>
-          <t>International University In Germany</t>
+          <t>University of Mary Washington</t>
         </is>
       </c>
       <c r="B736" s="2" t="n">
         <v>1</v>
       </c>
       <c r="C736" s="2" t="n">
         <v>1</v>
       </c>
       <c r="D736" s="2" t="n">
-        <v>700</v>
+        <v>718</v>
       </c>
       <c r="E736" s="2" t="n">
-        <v>748</v>
+        <v>762</v>
       </c>
     </row>
     <row r="737">
       <c r="A737" s="2" t="inlineStr">
         <is>
-          <t>United Nations University</t>
+          <t>National University of Rosario</t>
         </is>
       </c>
       <c r="B737" s="2" t="n">
         <v>1</v>
       </c>
       <c r="C737" s="2" t="n">
         <v>1</v>
       </c>
       <c r="D737" s="2" t="n">
-        <v>700</v>
+        <v>718</v>
       </c>
       <c r="E737" s="2" t="n">
-        <v>748</v>
+        <v>762</v>
       </c>
     </row>
     <row r="738">
       <c r="A738" s="2" t="inlineStr">
         <is>
-          <t>Johannes Kepler University</t>
+          <t>Universidad de Jaen</t>
         </is>
       </c>
       <c r="B738" s="2" t="n">
         <v>1</v>
       </c>
       <c r="C738" s="2" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D738" s="2" t="n">
-        <v>700</v>
+        <v>718</v>
       </c>
       <c r="E738" s="2" t="n">
-        <v>646</v>
+        <v>762</v>
       </c>
     </row>
     <row r="739">
       <c r="A739" s="2" t="inlineStr">
         <is>
           <t>City University London</t>
         </is>
       </c>
       <c r="B739" s="2" t="n">
         <v>1</v>
       </c>
       <c r="C739" s="2" t="n">
         <v>18</v>
       </c>
       <c r="D739" s="2" t="n">
-        <v>700</v>
+        <v>718</v>
       </c>
       <c r="E739" s="2" t="n">
-        <v>383</v>
+        <v>390</v>
       </c>
     </row>
     <row r="740">
       <c r="A740" s="2" t="inlineStr">
         <is>
-          <t>Soochow University</t>
+          <t>Novosibirsk State University</t>
         </is>
       </c>
       <c r="B740" s="2" t="n">
         <v>1</v>
       </c>
       <c r="C740" s="2" t="n">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="D740" s="2" t="n">
-        <v>700</v>
+        <v>718</v>
       </c>
       <c r="E740" s="2" t="n">
-        <v>577</v>
+        <v>762</v>
       </c>
     </row>
     <row r="741">
       <c r="A741" s="2" t="inlineStr">
         <is>
-          <t>Dongbei University of Finance and Economics</t>
+          <t>Bournemouth University</t>
         </is>
       </c>
       <c r="B741" s="2" t="n">
         <v>1</v>
       </c>
       <c r="C741" s="2" t="n">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="D741" s="2" t="n">
-        <v>700</v>
+        <v>718</v>
       </c>
       <c r="E741" s="2" t="n">
-        <v>555</v>
+        <v>762</v>
       </c>
     </row>
     <row r="742">
       <c r="A742" s="2" t="inlineStr">
         <is>
-          <t>University of North Dakota</t>
+          <t>University la Coruna</t>
         </is>
       </c>
       <c r="B742" s="2" t="n">
         <v>1</v>
       </c>
       <c r="C742" s="2" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D742" s="2" t="n">
-        <v>700</v>
+        <v>718</v>
       </c>
       <c r="E742" s="2" t="n">
-        <v>683</v>
+        <v>762</v>
       </c>
     </row>
     <row r="743">
       <c r="A743" s="2" t="inlineStr">
         <is>
-          <t>University of Urbino Carlo Bo</t>
+          <t>Sciences Po</t>
         </is>
       </c>
       <c r="B743" s="2" t="n">
         <v>1</v>
       </c>
       <c r="C743" s="2" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D743" s="2" t="n">
-        <v>700</v>
+        <v>718</v>
       </c>
       <c r="E743" s="2" t="n">
-        <v>748</v>
+        <v>696</v>
       </c>
     </row>
     <row r="744">
       <c r="A744" s="2" t="inlineStr">
         <is>
-          <t>Graduate Institute of International and Development Studies</t>
+          <t>National University of Cordoba</t>
         </is>
       </c>
       <c r="B744" s="2" t="n">
         <v>1</v>
       </c>
       <c r="C744" s="2" t="n">
         <v>1</v>
       </c>
       <c r="D744" s="2" t="n">
-        <v>700</v>
+        <v>718</v>
       </c>
       <c r="E744" s="2" t="n">
-        <v>748</v>
+        <v>762</v>
       </c>
     </row>
     <row r="745">
       <c r="A745" s="2" t="inlineStr">
         <is>
-          <t>University of Zielona Góra</t>
+          <t>University of Valladolid</t>
         </is>
       </c>
       <c r="B745" s="2" t="n">
         <v>1</v>
       </c>
       <c r="C745" s="2" t="n">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D745" s="2" t="n">
-        <v>700</v>
+        <v>718</v>
       </c>
       <c r="E745" s="2" t="n">
-        <v>748</v>
+        <v>655</v>
       </c>
     </row>
     <row r="746">
       <c r="A746" s="2" t="inlineStr">
         <is>
-          <t>Mount Allison University</t>
+          <t>University of Le Havre</t>
         </is>
       </c>
       <c r="B746" s="2" t="n">
         <v>1</v>
       </c>
       <c r="C746" s="2" t="n">
         <v>1</v>
       </c>
       <c r="D746" s="2" t="n">
-        <v>700</v>
+        <v>718</v>
       </c>
       <c r="E746" s="2" t="n">
-        <v>748</v>
+        <v>762</v>
       </c>
     </row>
     <row r="747">
       <c r="A747" s="2" t="inlineStr">
         <is>
-          <t>Kyoto Sangyo University</t>
+          <t>ADA University</t>
         </is>
       </c>
       <c r="B747" s="2" t="n">
         <v>1</v>
       </c>
       <c r="C747" s="2" t="n">
         <v>1</v>
       </c>
       <c r="D747" s="2" t="n">
-        <v>700</v>
+        <v>718</v>
       </c>
       <c r="E747" s="2" t="n">
-        <v>748</v>
+        <v>762</v>
+      </c>
+    </row>
+    <row r="748">
+      <c r="A748" s="2" t="inlineStr">
+        <is>
+          <t>Swiss Federal Institute of Technology Lausanne</t>
+        </is>
+      </c>
+      <c r="B748" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="C748" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="D748" s="2" t="n">
+        <v>718</v>
+      </c>
+      <c r="E748" s="2" t="n">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="749">
+      <c r="A749" s="2" t="inlineStr">
+        <is>
+          <t>University of Urbino Carlo Bo</t>
+        </is>
+      </c>
+      <c r="B749" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="C749" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="D749" s="2" t="n">
+        <v>718</v>
+      </c>
+      <c r="E749" s="2" t="n">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="750">
+      <c r="A750" s="2" t="inlineStr">
+        <is>
+          <t>Tarbiat Modares University</t>
+        </is>
+      </c>
+      <c r="B750" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="C750" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="D750" s="2" t="n">
+        <v>718</v>
+      </c>
+      <c r="E750" s="2" t="n">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="751">
+      <c r="A751" s="2" t="inlineStr">
+        <is>
+          <t>University of the German Federal Armed Forces</t>
+        </is>
+      </c>
+      <c r="B751" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="C751" s="2" t="n">
+        <v>2</v>
+      </c>
+      <c r="D751" s="2" t="n">
+        <v>718</v>
+      </c>
+      <c r="E751" s="2" t="n">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="752">
+      <c r="A752" s="2" t="inlineStr">
+        <is>
+          <t>Kyoto Sangyo University</t>
+        </is>
+      </c>
+      <c r="B752" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="C752" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="D752" s="2" t="n">
+        <v>718</v>
+      </c>
+      <c r="E752" s="2" t="n">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="753">
+      <c r="A753" s="2" t="inlineStr">
+        <is>
+          <t>Soochow University</t>
+        </is>
+      </c>
+      <c r="B753" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="C753" s="2" t="n">
+        <v>5</v>
+      </c>
+      <c r="D753" s="2" t="n">
+        <v>718</v>
+      </c>
+      <c r="E753" s="2" t="n">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="754">
+      <c r="A754" s="2" t="inlineStr">
+        <is>
+          <t>Swedish University of Agricultural Sciences</t>
+        </is>
+      </c>
+      <c r="B754" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="C754" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="D754" s="2" t="n">
+        <v>718</v>
+      </c>
+      <c r="E754" s="2" t="n">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="755">
+      <c r="A755" s="2" t="inlineStr">
+        <is>
+          <t>University of North Dakota</t>
+        </is>
+      </c>
+      <c r="B755" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="C755" s="2" t="n">
+        <v>2</v>
+      </c>
+      <c r="D755" s="2" t="n">
+        <v>718</v>
+      </c>
+      <c r="E755" s="2" t="n">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="756">
+      <c r="A756" s="2" t="inlineStr">
+        <is>
+          <t>Graduate Institute of International and Development Studies</t>
+        </is>
+      </c>
+      <c r="B756" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="C756" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="D756" s="2" t="n">
+        <v>718</v>
+      </c>
+      <c r="E756" s="2" t="n">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="757">
+      <c r="A757" s="2" t="inlineStr">
+        <is>
+          <t>Shizuoka University</t>
+        </is>
+      </c>
+      <c r="B757" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="C757" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="D757" s="2" t="n">
+        <v>718</v>
+      </c>
+      <c r="E757" s="2" t="n">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="758">
+      <c r="A758" s="2" t="inlineStr">
+        <is>
+          <t>University of the Peloponnese</t>
+        </is>
+      </c>
+      <c r="B758" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="C758" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="D758" s="2" t="n">
+        <v>718</v>
+      </c>
+      <c r="E758" s="2" t="n">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="759">
+      <c r="A759" s="2" t="inlineStr">
+        <is>
+          <t>Colgate University</t>
+        </is>
+      </c>
+      <c r="B759" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="C759" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="D759" s="2" t="n">
+        <v>718</v>
+      </c>
+      <c r="E759" s="2" t="n">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="760">
+      <c r="A760" s="2" t="inlineStr">
+        <is>
+          <t>Canterbury Christ Church University</t>
+        </is>
+      </c>
+      <c r="B760" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="C760" s="2" t="n">
+        <v>2</v>
+      </c>
+      <c r="D760" s="2" t="n">
+        <v>718</v>
+      </c>
+      <c r="E760" s="2" t="n">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="761">
+      <c r="A761" s="2" t="inlineStr">
+        <is>
+          <t>University of Notre Dame Australia</t>
+        </is>
+      </c>
+      <c r="B761" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="C761" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="D761" s="2" t="n">
+        <v>718</v>
+      </c>
+      <c r="E761" s="2" t="n">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="762">
+      <c r="A762" s="2" t="inlineStr">
+        <is>
+          <t>University of Canberra</t>
+        </is>
+      </c>
+      <c r="B762" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="C762" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="D762" s="2" t="n">
+        <v>718</v>
+      </c>
+      <c r="E762" s="2" t="n">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="763">
+      <c r="A763" s="2" t="inlineStr">
+        <is>
+          <t>Anglia Ruskin University</t>
+        </is>
+      </c>
+      <c r="B763" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="C763" s="2" t="n">
+        <v>2</v>
+      </c>
+      <c r="D763" s="2" t="n">
+        <v>718</v>
+      </c>
+      <c r="E763" s="2" t="n">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="764">
+      <c r="A764" s="2" t="inlineStr">
+        <is>
+          <t>Universidad de Almeria</t>
+        </is>
+      </c>
+      <c r="B764" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="C764" s="2" t="n">
+        <v>2</v>
+      </c>
+      <c r="D764" s="2" t="n">
+        <v>718</v>
+      </c>
+      <c r="E764" s="2" t="n">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="765">
+      <c r="A765" s="2" t="inlineStr">
+        <is>
+          <t>Abdelmalek Essaadi University</t>
+        </is>
+      </c>
+      <c r="B765" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="C765" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="D765" s="2" t="n">
+        <v>718</v>
+      </c>
+      <c r="E765" s="2" t="n">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="766">
+      <c r="A766" s="2" t="inlineStr">
+        <is>
+          <t>University of Witwatersrand</t>
+        </is>
+      </c>
+      <c r="B766" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="C766" s="2" t="n">
+        <v>2</v>
+      </c>
+      <c r="D766" s="2" t="n">
+        <v>718</v>
+      </c>
+      <c r="E766" s="2" t="n">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="767">
+      <c r="A767" s="2" t="inlineStr">
+        <is>
+          <t>Universidad de Cordoba</t>
+        </is>
+      </c>
+      <c r="B767" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="C767" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="D767" s="2" t="n">
+        <v>718</v>
+      </c>
+      <c r="E767" s="2" t="n">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="768">
+      <c r="A768" s="2" t="inlineStr">
+        <is>
+          <t>University of Tampere</t>
+        </is>
+      </c>
+      <c r="B768" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="C768" s="2" t="n">
+        <v>2</v>
+      </c>
+      <c r="D768" s="2" t="n">
+        <v>718</v>
+      </c>
+      <c r="E768" s="2" t="n">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="769">
+      <c r="A769" s="2" t="inlineStr">
+        <is>
+          <t>University of Sousse</t>
+        </is>
+      </c>
+      <c r="B769" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="C769" s="2" t="n">
+        <v>2</v>
+      </c>
+      <c r="D769" s="2" t="n">
+        <v>718</v>
+      </c>
+      <c r="E769" s="2" t="n">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="770">
+      <c r="A770" s="2" t="inlineStr">
+        <is>
+          <t>Athabasca University</t>
+        </is>
+      </c>
+      <c r="B770" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="C770" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="D770" s="2" t="n">
+        <v>718</v>
+      </c>
+      <c r="E770" s="2" t="n">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="771">
+      <c r="A771" s="2" t="inlineStr">
+        <is>
+          <t>UNSW Canberra</t>
+        </is>
+      </c>
+      <c r="B771" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="C771" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="D771" s="2" t="n">
+        <v>718</v>
+      </c>
+      <c r="E771" s="2" t="n">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="772">
+      <c r="A772" s="2" t="inlineStr">
+        <is>
+          <t>University of Zielona Góra</t>
+        </is>
+      </c>
+      <c r="B772" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="C772" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="D772" s="2" t="n">
+        <v>718</v>
+      </c>
+      <c r="E772" s="2" t="n">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="773">
+      <c r="A773" s="2" t="inlineStr">
+        <is>
+          <t>University Abu Bekr Belkaid</t>
+        </is>
+      </c>
+      <c r="B773" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="C773" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="D773" s="2" t="n">
+        <v>718</v>
+      </c>
+      <c r="E773" s="2" t="n">
+        <v>762</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="250" customWidth="1" min="1" max="1"/>
   </cols>
   <sheetData>
     <row r="1">